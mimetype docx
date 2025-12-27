--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,12721 +1,11732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1B613BA6" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="63539F2D" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...134 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A71F82">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>әлеуметтік педагог</w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00A71F82">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00D70D9E">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымына</w:t>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
+      <w:r w:rsidR="0029406B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+        <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidR="003F090F">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(бос лауазымға)</w:t>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C301BE" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w14:paraId="1A0E7A22" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB36C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>социального педагога.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="507"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6667"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="7551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00927F53" w14:paraId="53A142B2" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5C388447" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4C26A9DE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="38703CB3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="024F8D4F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D56A68" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="40ECB324" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5FE748" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="000455F6">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар қаласының № 26</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              <w:t xml:space="preserve">Средняя </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D">
+              <w:t>общеобразовательная школа № 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w14:paraId="5C82D1CE" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="3F9717DB" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6C88969B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3790CC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F06A062" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BAEFBA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4C43B4FB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00F108E4" w:rsidP="003F090F">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8B71BC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140007</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="0029406B" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00BA4B1E">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Семенченко көшесі, 70</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E">
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семенченко</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w14:paraId="11C10E37" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="32D30385" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21B7B6C3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="227B0F3E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="1FEB1209" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66047977" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="181FA9C8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="003F090F">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B4B00F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00BA4B1E">
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00BA4B1E">
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F108E4">
+            <w:r w:rsidR="0044022F" w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>60-19-2</w:t>
-[...8 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>60-19-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="003F090F" w14:paraId="2F972A24" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="473AE2B3" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="364AFC11" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="643AD783" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75B4F8D5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="406AA065" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3ABAE95B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00F108E4" w:rsidP="00CB6B4F">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55981A6E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="00774DBC" w:rsidP="0044022F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00A71F82" w14:paraId="62371035" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5162ED88" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="55387800" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3917C6B8" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7260786E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602F4494" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="79F90B65" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="00A71F82" w:rsidP="00F108E4">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1066C367" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="00FB36C9" w:rsidP="00D1363E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71F82">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>әлеуметтік педагог</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="009743F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>і</w:t>
+              <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 1 </w:t>
-[...10 lines deleted...]
-              <w:t>мөлшерлеме</w:t>
+              <w:t xml:space="preserve">  1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00927F53" w14:paraId="2125A7F8" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="07E008CE" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7575BE75" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3F4D33" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41187C59" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="268192B8" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00DD085B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="63674742" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C71A11" w:rsidRDefault="00C71A11" w:rsidP="00C71A11">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E6539E" w14:textId="77777777" w:rsidR="003568E7" w:rsidRPr="003568E7" w:rsidRDefault="00845BAC" w:rsidP="003568E7">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="265"/>
+                <w:tab w:val="left" w:pos="214"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z2197"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0C25A285" w14:textId="77777777" w:rsidR="00C71A11" w:rsidRPr="00C71A11" w:rsidRDefault="00C71A11" w:rsidP="00C71A11">
+              </w:rPr>
+              <w:t>осуществление</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комплекс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мер по воспитанию, образованию, развитию и социальной защите обучающихся, воспитанников в организациях образования и по месту жительства, обеспечивающих адаптацию личности к жизни в обществе; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4622A5C5" w14:textId="77777777" w:rsidR="003568E7" w:rsidRPr="003568E7" w:rsidRDefault="00845BAC" w:rsidP="003568E7">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="265"/>
+                <w:tab w:val="left" w:pos="214"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z2198"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1AD87F3E" w14:textId="77777777" w:rsidR="00C71A11" w:rsidRPr="00C71A11" w:rsidRDefault="00C71A11" w:rsidP="00C71A11">
+              </w:rPr>
+              <w:t>координация работы</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по патронату, обеспечению жильем, пособиями, пенсиями, имущественными и неимущественными правами детей-сирот и детей, оставшихся без попечения родителей, детей с ограниченными возможностями, детей-инвалидов, инвалидов с детства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3E5A72" w14:textId="77777777" w:rsidR="003568E7" w:rsidRPr="003568E7" w:rsidRDefault="00845BAC" w:rsidP="003568E7">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="265"/>
+                <w:tab w:val="left" w:pos="214"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z2200"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7E962677" w14:textId="77777777" w:rsidR="00C71A11" w:rsidRPr="00C71A11" w:rsidRDefault="00C71A11" w:rsidP="00C71A11">
+              </w:rPr>
+              <w:t>установление</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гуманных, нравственно здоровых отношений в социальной среде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0520A621" w14:textId="77777777" w:rsidR="003568E7" w:rsidRPr="003568E7" w:rsidRDefault="00845BAC" w:rsidP="003568E7">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="265"/>
+                <w:tab w:val="left" w:pos="214"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z2201"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="614EA53B" w14:textId="77777777" w:rsidR="00C71A11" w:rsidRPr="00C71A11" w:rsidRDefault="00C71A11" w:rsidP="00C71A11">
+              </w:rPr>
+              <w:t>обеспечение связи</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> между обучающимися, воспитанниками и государственными, общественными организациями и социальными службами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5091E3E1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00576AAA" w:rsidRDefault="00845BAC" w:rsidP="00576AAA">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="265"/>
+                <w:tab w:val="left" w:pos="214"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z2202"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>взаимодействие</w:t>
+            </w:r>
+            <w:r w:rsidR="003568E7" w:rsidRPr="003568E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с педагогами, родителями и иными законными представителями</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidR="00576AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="4FF58E5E" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38BE870D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004FCAC1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1021F71A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00326AE4" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021161A3" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00326AE4" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9451B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 999</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDB6D1B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00A26424">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9451B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006933B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006933B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>910</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="6B496975" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A637BF3" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7596DDE9" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CC1C2C" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C618673" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C71A11">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>педагогтармен, ата-аналармен және өзге де заңды өкілдермен өзара іс-қимыл жасау.</w:t>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346FA1AD" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399A30A8" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w14:paraId="1CDFCCD3" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="4554C678" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CA99F46" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5F91D4" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6A7A9C" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EE919A" w14:textId="2146C127" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00CF5C44" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="10015441" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604EB771" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E05FB0" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C3C386" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7930A453" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1CEA47" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225495D0" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2204153F" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11AFCCB5" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:pPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204D05C9" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E3B52E" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAA724A" w14:textId="77777777" w:rsidR="00215398" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64EF4CC9" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B6194EF" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799B6D76" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC3437F" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="2832A31E" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E09F16C" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7F6B5C" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7946B249" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>временно, на период отпуска по уходу за ребенком основного работника, до 30.0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...14 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1516 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74A6A51C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
-[...30 lines deleted...]
-    <w:p w14:paraId="381924E0" w14:textId="77777777" w:rsidR="00AD1004" w:rsidRDefault="00AD1004">
+    <w:p w14:paraId="39A86E78" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DA2D0C2" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="081611BC" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="67CF454D" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CBE7C32" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="6B05F91B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk146879965"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:bookmarkStart w:id="5" w:name="_Hlk146879965"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72AF5F5B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="5F326416" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z425"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3693C2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...89 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="27B23BB1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="65558E43" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51B312C4" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="15A29449" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DE3CF41" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="191F6AEC" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z426"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7BA8B3DD" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="1E3F98D4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="120918D4" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="08D6B37E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>кандидаттың Т.А.Ә (бар болған жағдайда), ЖСН</w:t>
+        <w:t>___________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>_________________________________________________________________________________________________</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
+        <w:t>________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020A3418" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="2FB09E46" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өтініш </w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C7D1D3C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="25B4B16F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) _________________________________________________________________________________________________</w:t>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">должности (нужное </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подчеркнуть)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D7808F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="2007A62D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+        <w:br/>
+        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін ______________________________________________________________________</w:t>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...55 lines deleted...]
-        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+        <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546BBECC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="607EBE53" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="1C8FBC56" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="0E4EDB74" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44837193" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="795855E8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01A8E99A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4CE4AABA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48165A37" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7B768EBD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="67D0BDFF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="569385A5" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5138F1B4" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0245AF1C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="109D64A7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="465B80F7" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="012B217B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3F6F5BA0" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6EB011BF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E1AD614" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...61 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Скачать</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E15D367" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="747AF69C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Біліктілік санатының болуы (берілген (расталған) күні):</w:t>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогикалық жұмыс өтілі:________________________________________________________________________</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Менде келесі жұмыс нәтижелері бар:________________________________________________________________</w:t>
+        <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+        <w:br/>
+        <w:t>Стаж педагогической работы: ______________________________</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_______________________________________________________</w:t>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Имею следующие результаты работы: ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также дополнительные сведения (при наличии)__________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E035DD4" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="2C53BF8D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62339123" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="23E847E3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F53E71F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="211A83C4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20___</w:t>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D67053" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="113DC7CE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D9FCE89" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="0A26D5E6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="77E355EF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="4EE6E37B" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C321F5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0EE8848A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76FA7E2E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="09316D84" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z432"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48430A17" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67649C38" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="0AB1B855" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:br/>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="03D8BB96" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="594B950A" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19CA0DDA" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5EF955C4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7782212F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Критерийлер</w:t>
+          <w:p w14:paraId="1E5C2595" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="564002BB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...46 lines deleted...]
-              <w:t>Балл сандары</w:t>
+          <w:p w14:paraId="501A95C0" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26EFD1AD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="7ACB8812" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="46A5AA35" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CA117E0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="43A18D81" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B1DB08F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="27BE64C8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D0B4306" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="4E2D1B1B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3375BB78" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="412173E3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="37B6DA83" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D3020F5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5C7F9542" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6D521C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...18 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="258DF54C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EF3E6CB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+          <w:p w14:paraId="520822CD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2BE32C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="44A0549C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="6F575CFE" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B67AEE5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7CE9B106" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13AD6275" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2C39206D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DA6DF1E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Жоғары күндізгі = 2 балл</w:t>
+          <w:p w14:paraId="269DC925" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3A583A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="1AA0989E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3EC1040E" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DABA3D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="059777C2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4327A0A2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1EDA0E24" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="624A44F6" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Жоғары күндізгі үздік = 3 балл</w:t>
+          <w:p w14:paraId="2E5D4B8D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C283D35" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="3BFB9BB1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="66A53A4B" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E0BA29E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0DC552D9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F6A4A3C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6608066D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAEBA88" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Магистр = 5 балл</w:t>
+          <w:p w14:paraId="5CEB7B42" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50E46FE3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="1C9755AB" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="63B9A8E1" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E90B5F5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6BBA3F7D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...34 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63227BFE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...45 lines deleted...]
-              <w:t>PHD-доктор = 10 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFBBA88" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="202FC588" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="476EE884" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="77A2F37C" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74BE51D1" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="64909B99" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4455B0D1" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1AAE30F3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="266D1F5D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="27989120" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="230450F8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="05655CCC" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="2BC012FB" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04DAF02A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4163E17F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E3C376C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2FCE8BF2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="472724F8" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t>андидат = 10 балл</w:t>
+          <w:p w14:paraId="21DB8F58" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F16E0EE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="06C6E936" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="4491D60A" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B0FD" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="02A4FF3A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B839A34" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
+          <w:p w14:paraId="0EE017F5" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BF6A86" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="4603DB36" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 5 балл</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFD82DB" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="469DC1F8" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="5454A89D" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17ED6DA0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="29CD063D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...107 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39752C60" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...172 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F342D06" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB02A53" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="4698D4F5" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3A4FA4A7" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D27256E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4ED56F9E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51D3BABC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6D27DF68" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42AFACF7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 2 балл</w:t>
+          <w:p w14:paraId="2DB27EE9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33BB7A4D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="2016A7CB" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="02922CFF" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="702EA4A6" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1C6C7BDA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="486F78DA" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="08D8243A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="777C2978" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="66F28A3A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01ADC604" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="1C5F4EC0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="7B1CE445" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="202FD683" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3CD4E631" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6645292B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4E8FAF13" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06493EB3" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Педагог-модератор = 3 балл</w:t>
+          <w:p w14:paraId="793C56D2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADBBE36" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="4A87E87A" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="23C2B0AE" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F5CE46F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1E6E3649" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B43124" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="052554E2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10CE2279" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 5 балл</w:t>
+          <w:p w14:paraId="043604B9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275FDD8A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="2A72FE8A" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="44CE76A1" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AEE5C39" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7F00C9DD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0554D0A0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5C4D2E80" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21D43C67" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+          <w:p w14:paraId="17FDD139" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5040AF" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="6560F258" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="240F9368" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="189BBC5E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3FA9DE79" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29961986" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="72C89594" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E5DE612" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="141F55DD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="112DC5F2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="34B109FF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="529714D4" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533DF575" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="0496C2FE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...85 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26C34552" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...114 lines deleted...]
-              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C47135D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBE8F95" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="1F2F9860" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="5F5543C1" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06D95302" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="0906F0B8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A523643" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6A4D854E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EF88D92" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...37 lines deleted...]
-              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+          <w:p w14:paraId="3AFFDF99" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0531B765" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="09143A63" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3DAFC582" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FF55551" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="65152771" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01D6F858" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7796FC34" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F01FB72" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...37 lines deleted...]
-              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="76565524" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="690D48D3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="79286BED" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3BCEED2D" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6810AD1F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1B38D390" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...52 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E18EBCA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...115 lines deleted...]
-              <w:t>«өте жақсы» = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1A923A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F68A001" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="574C2E43" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="5712F9DC" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EC1494D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0C6DB4A3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7825DF84" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="67B78A29" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FFCD545" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...34 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+          <w:p w14:paraId="073C2289" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29059ADE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="75958896" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="0376D6CD" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2097928A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="0E084424" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71DD8109" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w14:paraId="6E2ADD09" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59AC2C5B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...57 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7D6E98CD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16E8FE77" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="5F68AF8E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="5309B4BA" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04A5E3AC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="011B3976" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B1BF6A7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0C78262F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AD25536" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
+          <w:p w14:paraId="785D8308" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3678CAD2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="1F309815" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="70400ACE" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E23C55C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="366726A0" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D572E0B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...15 lines deleted...]
-              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+          <w:p w14:paraId="2E41A6E9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="248E2ABF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...60 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="27AD09DE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34605F98" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="0EC880B7" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="6918979F" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26471AD9" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="63EB70B4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10DDB9AC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5A4F8A92" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2528AFDC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...51 lines deleted...]
-              <w:t>ғылыми жобалардың = 1 балл</w:t>
+          <w:p w14:paraId="3883F36F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="391EAE7C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="5A008CA9" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="68D90CB7" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CFE98D7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6F7DA106" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E3A37F7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="41976375" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A81B99F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...52 lines deleted...]
-              <w:t>олимпиадалар мен байқаулардың жүлдегерлері = 3 балл</w:t>
+          <w:p w14:paraId="67CF5824" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="187558B6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="23526DBE" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="6D8F9A98" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="622122B5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="69C9B713" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D6880" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7A8131A2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ADEBBCF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="495A1CF8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21163F85" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="67C65589" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="4D4356EA" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C48E39F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="392AABC9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03511D30" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="350D0D85" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D9666B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+          <w:p w14:paraId="50CC7671" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE89FB2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="41341792" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="24D085AF" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ECC5531" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2B6A3463" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FED0C45" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="24688A97" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03FC9A3F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="5999876A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71ECCF10" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="2672D98B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3721F75E" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0679003A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="6EA56190" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...117 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="599CCD18" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...152 lines deleted...]
-              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F74EE41" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73E519F6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="42658347" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="675A4F8C" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F107D7E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2D1B9483" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56AB1600" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="161D2462" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C77E5EC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...34 lines deleted...]
-              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+          <w:p w14:paraId="77097F51" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42663DB6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="162FBE67" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="08326B97" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B6A10A9" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0EAAA54C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F0E0361" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="43941C9E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17A46DDE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...34 lines deleted...]
-              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+          <w:p w14:paraId="241AA23B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCE7A31" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="56751FAE" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="620A5EDD" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40A82CF1" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="115645C4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...107 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BF35BD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...135 lines deleted...]
-              <w:t>тәлімгер = 0,5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="037D5CB8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5AB623" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="5EBCD104" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="70EE317F" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664D39F0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="42E631C1" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BB4A353" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="140FA16B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEA79A7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>ӘБ басшысы = 2 балл</w:t>
+          <w:p w14:paraId="36B0335A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20AEE75A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="72FAF1C6" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="1EF7B8C0" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CAB7CB2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7CEDD21D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29DB5DE8" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4AA2A1D7" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FAE4B52" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
+          <w:p w14:paraId="5C277FF5" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7264C573" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="4725E9AE" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3BAD5402" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="201A3BFB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="20776DDA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="297BDA30" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="20BDFE58" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F6E1A4A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
+          <w:p w14:paraId="33D327A6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46A4CF31" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="37CE8A03" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="35948B9B" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1482974C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="037C95F7" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70F30557" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5D91D1E9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3620C66E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w14:paraId="3E2EC5CA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2366B0AC" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="3715069B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="6C220EBD" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09916C63" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1EBC79F9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF7B688" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...15 lines deleted...]
-              <w:t>Курстық дайындық</w:t>
+          <w:p w14:paraId="3FA015EE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C224B75" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...52 lines deleted...]
-              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+          <w:p w14:paraId="7B762872" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFA8736" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="76542C88" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3469EFF5" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CAB4C43" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="719C46B1" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12998C05" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1350F302" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="279D61F3" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...80 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="23874D33" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18A95D38" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="535B55B0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="65E83185" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="163D628F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5F274FD6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BFAB2E2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="022EA9AD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAD6503" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="532FF8A9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАЗТЕСТ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>тар</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="726348AE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="72F93514" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3EEF25DB" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="3900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71F32590" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="17C0B454" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17F50358" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="56D2BB67" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D8E0E87" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6D6C43CB" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D71B9BB" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+              <w:r w:rsidRPr="00FE63EC">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="7647EE25" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="76C8DA20" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D76262B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="778C2430" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18A31AA9" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="56553947" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44429378" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1E832BBE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2931CE6C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="373A049B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="20B12DD9" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="408807F0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1264F61D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DA55DD3" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="46426D02" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C0D471D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="7D5CC196" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="746DE6BE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7B8BDB" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="58D6F7EB" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="76372321" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47CF7245" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="483896C7" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C5F913C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3DFD2BEE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7953B8A2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-          <w:p w14:paraId="1BDF1936" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="348B28EC" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59ADA8F2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="40322779" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="15A2CF3C" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49F1E144" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3C4B9350" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F5BC0F2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3A5F3450" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E05FC8C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="7166A924" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-          <w:p w14:paraId="26B671A2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A73C03E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="2B848CA3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="186DF790" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F211BB5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="21F4F9EE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1430C4ED" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4E24DDBA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DFF673B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...52 lines deleted...]
-          <w:p w14:paraId="3A27FF93" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="775B003C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7924EB90" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="45092FED" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="0DE64A87" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="171401B7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4DBF19B7" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75927B4E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="374A697B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F915786" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="3CBD7205" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEFL Cambridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="55D770A4" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACBF797" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="7CCB52F3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="1AF8CA87" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C80639A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="56C5DB62" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3479CFE1" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7F7E1D3C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4028C8C6" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="24347073" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="77AB2C31" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACAA3C1" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="254CF4D0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="3CA64EBB" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F3A3DEC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="557E6559" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18665423" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6D02EC09" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28B68E8B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2425F3E8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7E873D70" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0ACEA4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="4909352C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="4ED66A16" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1458A49C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="53273E04" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27AFAE5E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2382F061" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19C120BF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="714C734E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2111F5A3" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF06EC6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="107123BA" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="43718877" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0149B35A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="12B0A4C3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0372396C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1DAD8D5B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5011A0C7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="26149E99" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4F51CEA3" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00151273" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="207B65A4" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="2B87D8E0" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F74483F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="758D0A08" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B048323" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3EC6C35A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47279EEB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6A4123A4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="560888F8" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60014383" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="5CC67133" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="2FC6C68A" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38F70C5C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1597CC83" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78A1FFB5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7B8D8DD6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79DBBE3C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="00873931" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7E1DEAD2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA9B662" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="37CC52A0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="3D378C23" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43F1958F" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="77BB6183" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2603553C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6A98E66F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68E9A0CE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-          <w:p w14:paraId="65CB0003" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="06CD164E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04DD69FC" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="441DD23B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="7DD06664" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="348A8E4E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1707FF45" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4282196E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="28D8CAC4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14167BA9" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1FE78CBC" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3D92CF0C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110EBF5F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="1F032EEC" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="3BE29633" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4716F73A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3EF50416" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57174516" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="58AAA046" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32C22EBD" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="24D386EE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5E87E904" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61EC28B5" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="4FAD742F" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="18636E26" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="582BDFDC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7EA8F253" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2637E9BE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="32654527" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A0EEA4D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="721AAB54" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="393F625E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="042B9E45" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="4D127274" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="34C2DCAF" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4F0637" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="39855A4F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EAE4F57" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4BE64C82" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50266A89" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5D11FFD3" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6CD1F0DE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16903160" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="0546B531" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="0A5D44A8" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57BDA514" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3298F0E1" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2172E169" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="305DB045" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F3E3742" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="15401A51" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="20DACF12" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="573E4155" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="7300D287" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00E97843" w14:paraId="30F70735" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04A1CF81" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="371F8E4A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EA22BE7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="50A27BA2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E7B24EB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="046DCC06" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0338B150" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="58A89012" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="620DEAF1" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="019973B7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0FDC3821" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F8F1E5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="0E61F321" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4764C3CC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5EB8E1BF" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7FB833CF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75B95565" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="291662C7" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="1A1462E8" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55ABF6C0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4AFB0514" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41261963" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1AFEAED4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DA8CB8C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="3785B755" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD71A30" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="3CA786C1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="2EFA14AB" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AD835F2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1B230BFD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="339A73F5" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2A8FBB1C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="475F5F30" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6709DE9C" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="30D37E78" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00AE04C8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="645394C1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="41A191FA" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01E966B2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4AF7BDD0" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72156033" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1D39A3CD" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="391884CF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-          <w:p w14:paraId="7CABC28D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="474DB95A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCC8F49" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="343E24C3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="14F63401" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="757EA1ED" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6E69EEF9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1616FDEE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7101A769" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B185E9E" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="67806925" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="40F28DFE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="444E8FFA" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="5031429C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="696A1503" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F151E5C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="4435B718" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="783AA13C" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="5BBDFE6A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C4877A0" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="22D61B86" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEAB68E" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="6B2CB033" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="324ACBF2" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CD53D22" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="25B51378" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B96FF64" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2EB8B458" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AD08875" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-          <w:p w14:paraId="4D0F9DFC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7EEB4DF6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="241AC6D6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="29CD3F9B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="124C88BD" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C7084B2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="7A7ED256" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="739F775A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6E581BC2" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47B2BDF7" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-          <w:p w14:paraId="2F2E99C1" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="452DDEAF" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC4A722" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00A52ADB" w14:paraId="6B4EF40B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00CF5C44" w14:paraId="24FA1DE9" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="420DE384" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="1D2675C8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29DE205D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="67813931" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="498C485B" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="637C0E33" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="25C0AA38" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2939AEF8" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="77DD4DBF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="259B5C42" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EF531B2" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="2A5A47DE" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F80627D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="6483C96B" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B4F33AB" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="2ED2E96F" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="587E144A" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C521FD0" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="7A4D5510" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="0626E292" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FFC83AE" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="542F26D1" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1554AE9D" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+          <w:p w14:paraId="2FF10DC6" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CBB6F03" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...44 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w14:paraId="4DAA2358" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="131ACC93" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w14:paraId="36720252" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w14:paraId="76C315A0" w14:textId="77777777" w:rsidTr="00BA14A2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03C541EC" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
-[...27 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="1CCEB33D" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="417EBEFF" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00E01F98">
+          <w:p w14:paraId="40BEE77A" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRPr="00FE63EC" w:rsidRDefault="00CF5C44" w:rsidP="00BA14A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="4ECFDAC8" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="352180F4" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17090014" w14:textId="77777777" w:rsidR="00927F53" w:rsidRPr="00BF2BAE" w:rsidRDefault="00927F53" w:rsidP="00927F53">
+    <w:p w14:paraId="615CE4C9" w14:textId="77777777" w:rsidR="00CF5C44" w:rsidRDefault="00CF5C44" w:rsidP="00CF5C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16360890" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="0B3B828F" w14:textId="77777777" w:rsidR="00C80703" w:rsidRPr="0020641A" w:rsidRDefault="00C80703" w:rsidP="00C80703">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidSect="00AD1004">
+    <w:p w14:paraId="050C7055" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00C80703">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="849" w:bottom="567" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -13066,63 +12077,63 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="272D3017"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3A6CB4A6"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -13179,63 +12190,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="1C743C25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-[...1 lines deleted...]
-      <w:start w:val="8"/>
+    <w:tmpl w:val="4A7AB100"/>
+    <w:lvl w:ilvl="0" w:tplc="75AA60C6">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -13497,756 +12508,788 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="172768485">
+  <w:num w:numId="1" w16cid:durableId="1470977292">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1294676296">
+  <w:num w:numId="2" w16cid:durableId="787967550">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1494834380">
+  <w:num w:numId="3" w16cid:durableId="1247691123">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1819150470">
+  <w:num w:numId="4" w16cid:durableId="971594060">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="193538673">
+  <w:num w:numId="5" w16cid:durableId="1517620648">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="86580808">
+  <w:num w:numId="6" w16cid:durableId="168446771">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1369600097">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
-    <w:rsid w:val="000241C1"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
-    <w:rsid w:val="000455F6"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E186D"/>
-    <w:rsid w:val="001E3E57"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00215398"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="00220790"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
-    <w:rsid w:val="0028478D"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003112B4"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00326AE4"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003568E7"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F090F"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
+    <w:rsid w:val="005207C3"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00576AAA"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005A4C27"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="006933B5"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F1563"/>
+    <w:rsid w:val="006E76BF"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
-    <w:rsid w:val="00732278"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00774DBC"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00791F6E"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00845BAC"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00910023"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
-    <w:rsid w:val="00927F53"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00933A1E"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009743F4"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B03F1"/>
-    <w:rsid w:val="009B373A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A26424"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A55ED7"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A71F82"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD1004"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B75483"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA18D1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
-    <w:rsid w:val="00BD3A9D"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C6210F"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66C1A"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C71A11"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C80703"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF5C44"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D1363E"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D44E7F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5CDF"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E9451B"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F108E4"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB36C9"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59914926"/>
+  <w14:docId w14:val="721835F3"/>
   <w15:docId w15:val="{CB458E9A-3F4A-4F11-BF26-E79BE065E4E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14798,51 +13841,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15093,78 +14136,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3CDE2DD-7469-4686-BB38-80588A275F60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C623191F-0B51-43B3-B064-DF809BD3A191}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1866</Words>
-  <Characters>10640</Characters>
+  <Words>1905</Words>
+  <Characters>10860</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12482</CharactersWithSpaces>
+  <CharactersWithSpaces>12740</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>