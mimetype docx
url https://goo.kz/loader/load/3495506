--- v0 (2025-12-11)
+++ v1 (2025-12-13)
@@ -1,1337 +1,1009 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003A2912" w:rsidRDefault="003A2912" w:rsidP="003A2912">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае возникновения в классе </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003A2912">
-        <w:rPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мектептегі</w:t>
+        <w:t>буллинга</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00884380">
-        <w:rPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогу необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− оставаться спокойным и контролировать ситуацию в случае</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обнаружения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в классном коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− отнестись к случаю или к рассказу о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буллинге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предельно серьезно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− оказать моральную и психологическую поддержку потерпевшему и его семье;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− показать обидчику (агрессору, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буллеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) своё отношение к ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− дать возможность оценить ситуацию обидчику с точки зрения потерпевшего (то есть, поставить себя на место жертвы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− создавать в ученическом коллективе полную нетерпимость к проявлениям любых актов насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− обязательно обратиться за помощью в решении проблемы к специалистам школьной СППС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>− поставить в известность о случившемся инциденте администрацию школы, родителей учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қорлаудың (</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации учителю по работе с «отверженными» учениками, потенциальными жертвами школьного </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003A2912">
-        <w:rPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>буллинг</w:t>
+        <w:t>буллинга</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003A2912">
-        <w:rPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Необходимо с самого первого дня в классе пресекать любые насмешки над неудачами одноклассников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Важно пресекать любые пренебрежительные замечания в адрес одноклассников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Если по каким-либо причинам репутация ребенка испорчена, нужно дать ему возможность показать себя в выгодном свете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Способствовать объединению учащихся класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Необходимо дать возможность наиболее активным детям проявить себя и самоутвердиться за счет своих способностей, а не за счет унижения других.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Следует избегать высмеивания и сравнивания ребят на уроках. Некоторые учителя даже оценки за контрольные работы не объявляют публично, а выставляют в дневники. Разбор ошибок необходимо делать, не называя тех, кто их допустил, или индивидуально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Имеет смысл поговорить с преследователями о том, почему они пристают к жертве, обратить их внимание на чувства жертвы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. С целью сопровождения закрепить за отстающими в классе учениками успешных и значимых одноклассников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>алдын</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Действия, которые должен предпринять родитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...298 lines deleted...]
-        <w:pStyle w:val="Default"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помните:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если ребёнок может справиться без вашей помощи, он сделает это. Но если сын или дочь не справляются, не нужно стоять в стороне и «закалять характер». Это может быть чревато серьёзными последствиями для психики ребёнка. А порой и не только для психики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что можно сделать? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="Default"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поговорить с ребёнком, постаравшись понять, кто зачинщик травли. Важно донести до ребёнка, что он теперь не один, а вы вместе и не дадите больше его в обиду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:t>ауызш</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следует связаться с классным руководителем, прояснить ситуацию и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">настоять на урегулировании конфликта в детском коллективе. Если учитель бездействует, нужно поговорить с родителями других детей и обязательно обратиться к директору. При необходимости можно и нужно обращаться за помощью в вышестоящие органы (департамент образования), к инспектору по делам несовершеннолетних. Безусловно, все конфликты </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003A2912">
-[...4 lines deleted...]
-        <w:t>а-</w:t>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сперва</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003A2912">
-[...9 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> важно стараться уладить мирным путём, но если не удаётся, тогда нужно защищать права ребёнка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E78A5" w:rsidRPr="002E57C1" w:rsidRDefault="006E78A5" w:rsidP="006E78A5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...474 lines deleted...]
-      <w:noEndnote/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E57C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ситуация не решается, не заставляйте сына или дочь ходить в коллектив, где их травят. Важно обеспечить ребёнку безопасность, это первоочередная задача. Лучше перевести его в другой класс, или сменить школу, или забрать на семейное обучение, чем рисковать здоровьем. И после пережитого стоит обратиться к детскому психологу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D0B9B" w:rsidRDefault="006D0B9B">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="006D0B9B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...27 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0CD453F2"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:nsid w:val="595428E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40ECF5CA"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...114 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00200F37"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003A2912"/>
+    <w:rsidRoot w:val="00777290"/>
     <w:rsid w:val="006D0B9B"/>
-    <w:rsid w:val="00884380"/>
-    <w:rsid w:val="00A75F60"/>
+    <w:rsid w:val="006E78A5"/>
+    <w:rsid w:val="00777290"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
@@ -1441,94 +1113,78 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A75F60"/>
+    <w:rsid w:val="006E78A5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...13 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
@@ -1644,106 +1300,91 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="006E78A5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1991,55 +1632,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1456</Characters>
+  <Pages>2</Pages>
+  <Words>468</Words>
+  <Characters>2674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1708</CharactersWithSpaces>
+  <CharactersWithSpaces>3136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>