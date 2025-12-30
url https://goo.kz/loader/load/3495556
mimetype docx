--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -165,51 +165,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10738" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="2701"/>
         <w:gridCol w:w="3219"/>
         <w:gridCol w:w="3651"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
@@ -510,51 +510,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
@@ -645,51 +645,51 @@
             </w:r>
             <w:r w:rsidR="00C861C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1  еңбекақы мөлшермен</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -745,51 +745,51 @@
           </w:p>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады;режимдік сәттерді (таңертеңгі қабылдау, таңертеңгі гимнастика, күн ішінде тамақ ішу, балалар іс-әрекетін (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек,эксперименттік, дербес және өзге), серуендеуді, күндізгі ұйқыны, жеке жұмысты, сауықтыру іс-шараларын ұйымдастырады және өткізеді, заттық-дамытушылық ортаны құрады) басқарады;балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады;ата-аналарға консультациялық көмекті жүзеге асырады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2210,107 +2210,87 @@
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C861C5" w:rsidRPr="004758F1" w:rsidRDefault="0089228A" w:rsidP="00286B69">
+          <w:p w:rsidR="00C861C5" w:rsidRPr="004758F1" w:rsidRDefault="00076E56" w:rsidP="00C861C5">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>03.10.</w:t>
+              <w:t xml:space="preserve">03.10.2023-18.10.2023 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00286B69">
-[...17 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="5802"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
@@ -4624,51 +4604,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="007E505F" w:rsidP="00C861C5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00C861C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="601" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
@@ -6683,51 +6663,51 @@
               <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00D3637B">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00D3637B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -7236,51 +7216,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00D3637B">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00D3637B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -7420,51 +7400,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00D3637B">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00D3637B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -8728,51 +8708,51 @@
               <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00D3637B">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00D3637B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -9002,51 +8982,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00286B69" w:rsidTr="00D3637B">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00076E56" w:rsidTr="00D3637B">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -11787,63 +11767,63 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002144A5"/>
+    <w:rsid w:val="00076E56"/>
     <w:rsid w:val="001216B1"/>
     <w:rsid w:val="00212189"/>
     <w:rsid w:val="002144A5"/>
     <w:rsid w:val="00252FE6"/>
-    <w:rsid w:val="00286B69"/>
     <w:rsid w:val="00286E22"/>
     <w:rsid w:val="002C26A7"/>
     <w:rsid w:val="0042592D"/>
     <w:rsid w:val="00634DDD"/>
     <w:rsid w:val="0070049C"/>
     <w:rsid w:val="007E505F"/>
-    <w:rsid w:val="0089228A"/>
     <w:rsid w:val="00C861C5"/>
+    <w:rsid w:val="00F93CAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{20E5FD9B-A398-814E-9664-567A05E7D67E}"/>
@@ -12625,68 +12605,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1643</Words>
-  <Characters>9370</Characters>
+  <Characters>9369</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>78</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10992</CharactersWithSpaces>
+  <CharactersWithSpaces>10991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>