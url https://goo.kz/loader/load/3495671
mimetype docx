--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,391 +1,3333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="06A2C165" w14:textId="77777777" w:rsidR="00A0795F" w:rsidRDefault="00A0795F" w:rsidP="00475149">
+    <w:p w14:paraId="4F49F6B8" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дене тәрбиелеу нұсқаушысы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстың қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638ABEFE" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="00127613" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қармасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аласы білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөліміні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сәбилер бақшасы-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» коммуналды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азыналы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCE016B" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқармасы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім бөлімінің «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сәбилер бақшасы-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» коммуналды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азыналы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тілінде о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ытатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсының нәтижесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66195C55" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74377EE9" w14:textId="77777777" w:rsidR="00A0795F" w:rsidRDefault="00A0795F" w:rsidP="00475149">
+    <w:p w14:paraId="75F80962" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күні:05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.09.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478CF301" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="002516DE" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31096718" w14:textId="77777777" w:rsidR="00A0795F" w:rsidRPr="00A0795F" w:rsidRDefault="00A0795F" w:rsidP="00A0795F">
-[...157 lines deleted...]
-    <w:p w14:paraId="36ACCF1C" w14:textId="77777777" w:rsidR="00A0795F" w:rsidRDefault="00A0795F" w:rsidP="00475149">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1387"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008159E8" w14:paraId="5A7D15A5" w14:textId="77777777" w:rsidTr="005259E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055357B1" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6957CB1C" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аты –жөні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6817D8A5" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DF2C39" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB07155" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҰБТ нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F88FA3" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAB3E2E" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескерту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008159E8" w14:paraId="5D87CB87" w14:textId="77777777" w:rsidTr="005259E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB437DB" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCF8907" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вербовая Анна Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C89B6D" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FF5BD2" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру нұсқаушысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C725C1B" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32 балмен өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A446953" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D89762F" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D97EDCF" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="002516DE" w:rsidRDefault="008159E8" w:rsidP="008159E8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AECEEBE" w14:textId="77777777" w:rsidR="00A0795F" w:rsidRDefault="00A0795F" w:rsidP="00475149">
+    <w:p w14:paraId="088AEA08" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="0082779C" w:rsidRDefault="008159E8" w:rsidP="008159E8">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги проведения конкурса на вакантную должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5440E17D" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Коммунальном государственном казенном предприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и «Ясли-сад </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-Дошкольный экоцентр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5817552C" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D4B14B" w14:textId="1E923AF8" w:rsidR="00BB3C9C" w:rsidRPr="00BB3C9C" w:rsidRDefault="00BB3C9C" w:rsidP="00475149">
+    <w:p w14:paraId="122B4DE2" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Итоги конкурса </w:t>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитателя с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения в Коммунальном государственном казенном предприятии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад № 3 города Павлодара-Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A26B94" w14:textId="34592483" w:rsidR="00F43B13" w:rsidRPr="00475149" w:rsidRDefault="00475149" w:rsidP="00475149">
-[...18 lines deleted...]
-      <w:r w:rsidR="00BA39FF">
+    <w:p w14:paraId="225782DD" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12440EC3" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="00127613" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата:05.09.2023г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F70456" w14:textId="77777777" w:rsidR="008159E8" w:rsidRPr="00127613" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1378"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008159E8" w14:paraId="594CCDE8" w14:textId="77777777" w:rsidTr="005259E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6E4B9B" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34575685" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="159F04A9" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108280CB" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7993A477" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>результаты НКТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30195654" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>итоги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="571199F9" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008159E8" w14:paraId="1CE63DE0" w14:textId="77777777" w:rsidTr="005259E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72841F0F" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A88439" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вербовая Анна Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E56FA0" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F81CB3" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инструктор по физической культуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D71D51E" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошла 32 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7309D4C9" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошел конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B350AA5" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="005259E9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47E07D5C" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A361B1A" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Басшының м.а.                                                      Г.Лебедева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BA5E67" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C48AD6" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="008159E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A9D976" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BA5857C" w14:textId="77777777" w:rsidR="008159E8" w:rsidRDefault="008159E8" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D268E6" w14:textId="5A084E02" w:rsidR="00127613" w:rsidRPr="008159E8" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дене </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>леу нұсқаушысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстың қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130EFFB2" w14:textId="77777777" w:rsidR="00127613" w:rsidRPr="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қармасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аласы білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөліміні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сәбилер бақшасы-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» коммуналды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азыналы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E79EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417415B9" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқармасы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім бөлімінің «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сәбилер бақшасы-Мектепке дейінгі экоцентр орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» коммуналды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азыналы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тілінде о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ытатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсының нәтижесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D722DAE" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404F2D06" w14:textId="683F6109" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күні:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>05</w:t>
       </w:r>
-      <w:r w:rsidR="008E2F28" w:rsidRPr="008E2F28">
+      <w:r w:rsidRPr="00127613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.09.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002516DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA39FF">
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387F1D97" w14:textId="77777777" w:rsidR="00127613" w:rsidRPr="002516DE" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1387"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00127613" w14:paraId="5FC2000C" w14:textId="77777777" w:rsidTr="00C76F47">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9EFE99" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119A1E22" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аты –жөні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6082BD37" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A1D008" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B68FB5" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҰБТ нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB3F390" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7493A8DC" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескерту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00127613" w14:paraId="2E53965C" w14:textId="77777777" w:rsidTr="00C76F47">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3088BD94" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DD9BDA" w14:textId="47039D7F" w:rsidR="00127613" w:rsidRDefault="00C76F47" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вербовая Анна Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B0BFCE" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBB11DB" w14:textId="6FB03651" w:rsidR="00127613" w:rsidRDefault="00C76F47" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру нұсқаушысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A8FE75" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32 балмен өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C36D11A" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E00C35C" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00127613">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76987177" w14:textId="77777777" w:rsidR="00127613" w:rsidRPr="002516DE" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5145DAF0" w14:textId="77777777" w:rsidR="00127613" w:rsidRPr="0082779C" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги проведения конкурса на вакантную должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475149">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FED1B00" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Коммунальном государственном казенном предприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и «Ясли-сад </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-Дошкольный экоцентр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4631CBD5" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F657587" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитателя с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения в Коммунальном государственном казенном предприятии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад № 3 города Павлодара-Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082779C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725AC35C" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F05A26D" w14:textId="2E1C2651" w:rsidR="00127613" w:rsidRPr="00127613" w:rsidRDefault="00127613" w:rsidP="00127613">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.09.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475149">
-        <w:t xml:space="preserve">  года не состоялся в связи с отсутствием кандидата.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F43B13" w:rsidRPr="00475149">
+    <w:p w14:paraId="3634E8C5" w14:textId="77777777" w:rsidR="00127613" w:rsidRPr="00127613" w:rsidRDefault="00127613" w:rsidP="001E79EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1378"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F24054" w14:paraId="1F14D403" w14:textId="77777777" w:rsidTr="00C76F47">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D297BF" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78144D7B" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DED5262" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="547E4641" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B59FE7D" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>результаты НКТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1684B0D8" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>итоги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B81011E" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00B03A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24054" w14:paraId="53946CD9" w14:textId="77777777" w:rsidTr="00C76F47">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D163128" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5768C2F7" w14:textId="7C986124" w:rsidR="00F24054" w:rsidRDefault="00C76F47" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вербовая Анна Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690C6C3F" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA1AA05" w14:textId="03D932D3" w:rsidR="00F24054" w:rsidRDefault="00C76F47" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инструктор по физической культуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01044255" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошла 32 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B71796B" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошел конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4BBCBC" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6BCC6AED" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2F03AE" w14:textId="77777777" w:rsidR="00127613" w:rsidRDefault="00F24054" w:rsidP="00F24054">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Басшының м.а.                                                      Г.Лебедева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52ACEE2C" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="001E79EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F39DE28" w14:textId="77777777" w:rsidR="00F24054" w:rsidRDefault="00F24054" w:rsidP="001E79EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F24054">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000406A4"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F43B13"/>
+    <w:rsidRoot w:val="003A5BD8"/>
+    <w:rsid w:val="00127613"/>
+    <w:rsid w:val="001E79EF"/>
+    <w:rsid w:val="002516DE"/>
+    <w:rsid w:val="003A5BD8"/>
+    <w:rsid w:val="00461E97"/>
+    <w:rsid w:val="005872EA"/>
+    <w:rsid w:val="00672A0B"/>
+    <w:rsid w:val="007B5F42"/>
+    <w:rsid w:val="008159E8"/>
+    <w:rsid w:val="0082779C"/>
+    <w:rsid w:val="008E7AD0"/>
+    <w:rsid w:val="00A01772"/>
+    <w:rsid w:val="00C76F47"/>
+    <w:rsid w:val="00DF0F78"/>
+    <w:rsid w:val="00E8622D"/>
+    <w:rsid w:val="00F24054"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2B24BD37"/>
+  <w14:docId w14:val="4E63FCA5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{510E0696-A2B6-4562-8FD5-C365299BD8B5}"/>
+  <w15:docId w15:val="{AB05E86E-181B-439F-B920-50B87EF0447D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -743,85 +3685,134 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0013224F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00127613"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F24054"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F24054"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1051,55 +4042,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>678</Characters>
+  <Pages>2</Pages>
+  <Words>447</Words>
+  <Characters>2549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>795</CharactersWithSpaces>
+  <CharactersWithSpaces>2991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>