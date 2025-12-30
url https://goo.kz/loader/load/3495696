--- v0 (2025-12-10)
+++ v1 (2025-12-30)
@@ -1,1146 +1,916 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00B96DFF" w:rsidRPr="006E0927" w:rsidRDefault="00B96DFF" w:rsidP="00B96DFF">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="7843FE40" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="006E0927" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
+    <w:p w14:paraId="637DDBA7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="006E0927" w:rsidRDefault="00651E4A" w:rsidP="00262E1E">
+    <w:p w14:paraId="6E607FFD" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071B0373" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3260140B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEDA57E" w14:textId="3F59B7DE" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39 инновационного типа с гимназическими классами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0927" w:rsidRDefault="006E0927" w:rsidP="006E0927">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="79F28ECA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0927" w:rsidRDefault="00651E4A" w:rsidP="006E0927">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="03D90E61" w14:textId="0639A7E4" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CEA9990" w14:textId="77777777" w:rsidR="006C5046" w:rsidRPr="00F1546E" w:rsidRDefault="006C5046" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0A182D" w14:textId="3A31495C" w:rsidR="00984175" w:rsidRPr="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="002F08C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E0927">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0019792F" w:rsidRPr="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заместителя руководителя по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной работе ,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя руководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00262E1E" w:rsidRPr="006E0927">
-[...17 lines deleted...]
-        <w:t>уазымына тағайындау</w:t>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инновационной работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отсутств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ием кандидат</w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0927" w:rsidRDefault="006E0927" w:rsidP="006E0927">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="544E4911" w14:textId="39095650" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0927" w:rsidRPr="006E0927" w:rsidRDefault="006E0927" w:rsidP="006E0927">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="364101F2" w14:textId="76F4744E" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="006E0927" w:rsidRDefault="00262E1E" w:rsidP="006E0927">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="1B1EDAE9" w14:textId="77777777" w:rsidR="002F08C2" w:rsidRPr="00F1546E" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="006E0927" w:rsidRDefault="00262E1E" w:rsidP="006E0927">
-[...221 lines deleted...]
-    <w:p w:rsidR="003C3A58" w:rsidRPr="006E0927" w:rsidRDefault="003C3A58" w:rsidP="00262E1E">
+    <w:p w14:paraId="5A55FF65" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00262E1E" w:rsidRPr="006E0927" w:rsidRDefault="00262E1E" w:rsidP="00262E1E">
+    <w:p w14:paraId="3033A6F3" w14:textId="0281CF71" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E0927">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="001C38A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дьяченко А.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C3A58" w:rsidRPr="006E0927" w:rsidRDefault="00262E1E" w:rsidP="003C3A58">
+    <w:p w14:paraId="48988946" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E0927">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003C3A58" w:rsidRPr="006E0927" w:rsidRDefault="003C3A58" w:rsidP="003C3A58">
+    <w:p w14:paraId="1ED729D5" w14:textId="5EF22F90" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00B120A1" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00B120A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сентября </w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003C3A58" w:rsidRPr="006E0927" w:rsidRDefault="003C3A58" w:rsidP="003C3A58">
-[...357 lines deleted...]
-    <w:sectPr w:rsidR="003C3A58">
+    <w:p w14:paraId="3F6C9D55" w14:textId="77777777" w:rsidR="00015D06" w:rsidRPr="001C38A5" w:rsidRDefault="00B120A1"/>
+    <w:sectPr w:rsidR="00015D06" w:rsidRPr="001C38A5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0090705F"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F35BAC"/>
+    <w:rsidRoot w:val="00782E99"/>
+    <w:rsid w:val="00052242"/>
+    <w:rsid w:val="000C0344"/>
+    <w:rsid w:val="000E0040"/>
+    <w:rsid w:val="000E59B0"/>
+    <w:rsid w:val="0019792F"/>
+    <w:rsid w:val="001C38A5"/>
+    <w:rsid w:val="002F08C2"/>
+    <w:rsid w:val="00412CAF"/>
+    <w:rsid w:val="00417CCA"/>
+    <w:rsid w:val="00485E06"/>
+    <w:rsid w:val="004C06E2"/>
+    <w:rsid w:val="004E7D85"/>
+    <w:rsid w:val="00544E70"/>
+    <w:rsid w:val="00545E42"/>
+    <w:rsid w:val="005E6115"/>
+    <w:rsid w:val="006349F1"/>
+    <w:rsid w:val="00686077"/>
+    <w:rsid w:val="006C5046"/>
+    <w:rsid w:val="0074219A"/>
+    <w:rsid w:val="00753833"/>
+    <w:rsid w:val="00781A72"/>
+    <w:rsid w:val="00782E99"/>
+    <w:rsid w:val="008A5CCE"/>
+    <w:rsid w:val="008C13D8"/>
+    <w:rsid w:val="00964FD5"/>
+    <w:rsid w:val="00984175"/>
+    <w:rsid w:val="00A34813"/>
+    <w:rsid w:val="00AA3CE7"/>
+    <w:rsid w:val="00B044B9"/>
+    <w:rsid w:val="00B120A1"/>
+    <w:rsid w:val="00CD0FC8"/>
+    <w:rsid w:val="00D14A86"/>
+    <w:rsid w:val="00E13955"/>
+    <w:rsid w:val="00EC05E2"/>
+    <w:rsid w:val="00ED4A4B"/>
+    <w:rsid w:val="00F24FEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2AB82FB4"/>
-  <w15:docId w15:val="{4278A797-29A5-431A-8BCD-8B00EC044355}"/>
+  <w14:docId w14:val="5C4A65A6"/>
+  <w15:docId w15:val="{3CCE855A-72C0-40A8-8C7E-9BAA124363C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1493,151 +1263,92 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00984175"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...58 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1886,66 +1597,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>75</Words>
-  <Characters>433</Characters>
+  <Words>76</Words>
+  <Characters>434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>507</CharactersWithSpaces>
+  <CharactersWithSpaces>509</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ильясова</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>