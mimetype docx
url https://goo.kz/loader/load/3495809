--- v0 (2025-12-05)
+++ v1 (2026-03-01)
@@ -2,9788 +2,14576 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00A40329">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">имени Бауыржана Момышулы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...16 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>математики</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00456389">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с казахским языком обучения</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD3568">
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00A668A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552BF6">
+        <w:t>Бауыржан Момышұлы</w:t>
+      </w:r>
+      <w:r w:rsidR="00873C6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00275F05">
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> часов)</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101BB4" w:rsidRDefault="00F82876" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақ тілінде оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00697430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00101BB4" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00942862">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 сағат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00942862" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">имени </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A668A3">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бауыржана Момышулы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>Бауыржан Момышұлы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve"> атындағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
             </w:r>
             <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Чокина, 27</w:t>
+              <w:t>Шөкин  көшесі, 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0033199C">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0033199C" w:rsidRPr="0033199C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7-11-77,  8 (7182)67-09-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00A668A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>momyshuly@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00942862" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00552BF6">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00F82876" w:rsidP="00101BB4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A668A3">
-[...14 lines deleted...]
-              <w:t>математики</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ тілінде оқытатын</w:t>
             </w:r>
             <w:r w:rsidR="00456389">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> часов)</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697430">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+            <w:r w:rsidR="00456389">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3" w:rsidRPr="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00101BB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="00697430">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00942862" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">пециальное образование( min): </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
             </w:r>
             <w:r w:rsidR="0075034F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="0075034F">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>221,577</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="0075034F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0075034F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>266,913</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00942862" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B74EC" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
+          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="000B74EC" w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00276140" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00276140">
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00276140" w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="001F4BA9" w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="008D234C" w:rsidRDefault="00275F05" w:rsidP="00FD3568">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00697430" w:rsidP="00942862">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD3568">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.10</w:t>
+              <w:t>9.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD3568">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7.10</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2023</w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00942862" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="008D234C">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...52 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>с психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>удостоверение</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...332 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...10 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="007129B6">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...31 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="0075034F">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="0075034F" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00D478D0" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0075034F" w:rsidRDefault="0075034F" w:rsidP="003153C2">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00A668A3" w:rsidRDefault="00A668A3" w:rsidP="00B475E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с 01.09.2023г.</w:t>
+              <w:t>.09.2023ж. бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008540D3" w:rsidRDefault="008540D3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1DD9" w:rsidRDefault="00AD1DD9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...294 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidTr="00EE2CA2">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="00F24D9F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z178"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00DC10A3" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00DC10A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0075034F" w:rsidRPr="0043153B" w:rsidRDefault="0075034F" w:rsidP="0075034F">
-[...61 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0075034F">
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
-[...18 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
-[...53 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00EE4EFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң Т.А.Ә. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="0075034F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жері, тіркелген мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос/уақытша бос лауазымға орналасуға арналған конкурсқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысуға рұқсат беруіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұраймын (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажеттісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің астын сыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C424F6" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
-[...38 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C424F6" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="004D07D1" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00437A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымы, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>село)</w:t>
+        <w:t xml:space="preserve">ұйымның атауы, мекенжайы (облыс, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан, қала/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00C75E82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t xml:space="preserve">Өзім туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidTr="00EE2CA2">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidTr="00EE2CA2">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="0053507A" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00456389" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DC4B3B" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="0053507A" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DC4B3B" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...126 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...159 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRPr="00790B31" w:rsidRDefault="0075034F" w:rsidP="0075034F">
-[...7 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRPr="001B695E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>назначения на должности,</w:t>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
+              <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00B67487">
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="004D03FA" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00B67487" w:rsidRPr="004D03FA" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00B67487" w:rsidRPr="004D03FA" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00B67487" w:rsidRPr="004D03FA" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004D03FA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004D03FA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...424 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...188 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...149 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...249 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...30 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...93 lines deleted...]
-              <w:t>3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...66 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...22 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00942862" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...17 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...357 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="0020641A" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00942862" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...128 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
-[...17 lines deleted...]
-              <w:t>10</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="0020641A" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="0020641A" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="0020641A" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00942862" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...201 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="001235A7" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...49 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="001235A7">
-[...647 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001235A7">
-[...59 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>= 0,5 балла</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00942862" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00942862" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
-[...18 lines deleted...]
-              <w:t>12</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="001235A7" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...113 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="001235A7" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B67487" w:rsidRPr="001235A7" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B67487" w:rsidRPr="0020641A" w:rsidRDefault="00B67487" w:rsidP="00B67487">
-[...8 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidRDefault="00B67487" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidSect="00B67487">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="737" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
@@ -10488,197 +15276,196 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="117"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101BB4"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
-    <w:rsid w:val="001573A0"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
-    <w:rsid w:val="0022311F"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
-    <w:rsid w:val="00275F05"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00335ACF"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
@@ -10730,160 +15517,162 @@
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552BF6"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
+    <w:rsid w:val="006030DA"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="00697430"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="0075034F"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00804041"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="008540D3"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
@@ -10895,50 +15684,51 @@
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00942862"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
@@ -10957,57 +15747,57 @@
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A668A3"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC0ADF"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD1DD9"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AD7433"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
@@ -11075,135 +15865,133 @@
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD6871"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC4925"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82876"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD3568"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -12157,78 +16945,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8225292-0A36-4F9B-8190-4BBA86327056}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9D0AF42-B729-47F2-9947-6A7E8E02B3B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2068</Words>
-  <Characters>11792</Characters>
+  <Words>1998</Words>
+  <Characters>11393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13833</CharactersWithSpaces>
+  <CharactersWithSpaces>13365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>