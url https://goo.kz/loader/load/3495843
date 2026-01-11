--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,8983 +1,19120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="007F7C68" w:rsidRDefault="002D3DB4" w:rsidP="00F74C2B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-        <w:t>ТӘРБИЕШІНІҢ БОС ЛАУАЗЫМЫНА ОРНАЛАСУҒА АШЫҚ КОНКУРС ЖАРИЯЛАНАДЫ</w:t>
+      <w:r w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение </w:t>
+      </w:r>
+      <w:r w:rsidR="002544F6">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00933329" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD280D" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00933329" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>оспитателя в групп</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74C2B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00933329" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским языком </w:t>
+      </w:r>
+      <w:r w:rsidR="00003261" w:rsidRPr="007F7C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="00552EFC" w:rsidRDefault="00552EFC" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...269 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10.10.2023год.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="009B37C1" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7C68">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> города Павлодара»  г.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">Павлодар, улица </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Украинская,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD280D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">                         телефон  8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD280D">
+        <w:t>-6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD280D">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:t>84@</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B37C1" w:rsidRPr="009B37C1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E93F53">
+      <w:r w:rsidRPr="00626354">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
         <w:rPr>
           <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD280D">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1194"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00FD280D">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>(</w:t>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) педагог-модератор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение детьми, знаний, умений и навыков, предусмотренных государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть методикой дошкольного воспитания и обучения и осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      применять инновационные методики и технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности районных, методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне организации образования, иметь участников конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагог-эксперт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к педагогу-модератору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      обеспечивать получение воспитанниками знаний, умений и навыков, предусмотренных Стандартом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть механизмом диагностики детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      развивать исследовательские навыки детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять участие детей в районных, городских, конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками анализа организованной учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и конструктивно определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, на уровне района/города, иметь участников конкурсов, соревнований на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагог-исследователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      развивать исследовательские навыки детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять участие детей в городских, областных конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      практиковать наставничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      применять современные методики воспитания и обучения детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      иметь методические разработки по вопросам дошкольного воспитания и обучения на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками исследования занятия и разработки инструментов оценивания, обеспечивать развитие исследовательских навыков воспитанников, осуществлять наставничество и конструктивно определять стратегии развития в педагогическом сообществе на уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      наличие участников конкурсов, соревнований на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) педагог-мастер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в семинарах, конкурсах и конференциях областного и республиканского или международного уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть умениями и навыками разработки учебных программ, методик воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять участие детей в городских, областных, республиканских конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение на Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать развитие навыков проектирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области, являться участником республиканских и международных конкурсов или подготовил участников республиканских и международных конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1164"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031081F" w:rsidRDefault="00E22DC8" w:rsidP="0031081F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="0031081F" w:rsidRDefault="0031081F" w:rsidP="0031081F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1168"/>
+      <w:r w:rsidR="004145F4" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/K950001000_" \l "z67" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004145F4" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r w:rsidR="004145F4" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:r w:rsidR="00FF2CF2" w:rsidRPr="00114071">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>gkkpsad84@mail.ru</w:t>
+          <w:t>Трудовой Кодекс</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E93F53">
-[...1 lines deleted...]
-          <w:rStyle w:val="a4"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="0031081F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FF2CF2" w:rsidRPr="00FF2CF2" w:rsidRDefault="00FF2CF2" w:rsidP="00E93F53">
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00FD280D" w:rsidRDefault="00E22DC8" w:rsidP="009B37C1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="007F7C68" w:rsidRPr="00793956" w:rsidRDefault="0024415D" w:rsidP="00793956">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidR="00793956" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFC">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>10.10.2023ж.</w:t>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00793956" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по  </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00392AFE">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7A56">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>октября</w:t>
+      </w:r>
+      <w:r w:rsidR="00793956" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00315FF5">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00793956" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t> КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7C68" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 84</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD280D" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007F7C68" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Украинская</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F7C68" w:rsidRPr="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 99</w:t>
+      </w:r>
+      <w:r w:rsidR="00793956">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...198 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...341 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...139 lines deleted...]
-        <w:t>, 99.</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...26 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00626354">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00626354">
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...77 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...141 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...213 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t>    9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="00E963FF" w:rsidRPr="00E963FF" w:rsidRDefault="0024415D" w:rsidP="00E963FF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...59 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="002544F6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00E963FF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t> </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="002D3DB4" w:rsidRDefault="0024415D" w:rsidP="009B37C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93F53">
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:color w:val="000000"/>
-[...628 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="00626354" w:rsidRDefault="00FD280D" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-6</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00970F8E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00DD4E68">
+        <w:t>84@</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00970F8E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00DD4E68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00970F8E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00DD4E68">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00970F8E" w:rsidRPr="00970F8E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...777 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="00B12969" w:rsidRPr="00626354" w:rsidRDefault="00B12969" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобожденияотдолжностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="6399" w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00FD280D" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1202"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ипедагоговгосударственных организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD280D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD280D" w:rsidRDefault="00552EFC" w:rsidP="00FD280D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape20" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape21" o:spid="_x0000_s1027" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00FD280D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-        <w:t>Лауазымдық</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственныйорган</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape22" o:spid="_x0000_s1028" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидата(приегоналичии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape23" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape24" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape25" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,730" coordsize="9514,0" path="m840,730r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания,адреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape26" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,317" coordsize="9654,0" path="m840,317r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00DD4E68" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1486"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с(</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...6 lines deleted...]
-        <w:t>міндеттері</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>область,район,город</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\село)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape27" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,318" coordsize="9654,0" path="m840,318r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="905"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t>Балалардың</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>область</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айон,город</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="21"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00970F8E">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4E68">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4E68">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4E68">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4E68">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4E68">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00970F8E">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t>денсаулығын</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>датаприсвоени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>я</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape28" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD4E68" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD4E68" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сведения (при наличии) __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>любыми законными способами, соответствующими целям обработки персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>данных (для использования фото, видео, в том числе в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>персональных данных с использованием средств автоматизации или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования таких средств).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) об ответственности за попытку использования одного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>из запрещенных предметов в здании, где будет проходить тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при обнаружении запрещенного предмета лишаюсь права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>прохождения тестирования сроком на один год.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при установлении фактов нарушения правил во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тестирования, а также обнаруженных при просмотре видеозаписи, независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t>сақтау</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> мен </w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t>қорғ</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(Айпод), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айфон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смартчасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любые виды радио-электронной связи (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wi-Fi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-фай), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наушники проводные и беспроводные и прочее;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шпаргалки и учебно-методические литературы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я согласен</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...602 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С Правилами проведения тестирования и конкурса ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень необходимых документов для участия в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов, указанных в объявлении, направляет следующие документы </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...3688 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">7)    </w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронном или бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>виде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по форме согласно приложению 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) копии документов об образовании в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предъявляемыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности квалификационными требованиями, утвержденными Типовыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными характеристиками педагогов; (вкладыш от диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года№ Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) справку о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) справку из противотуберкулезного диспансера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11) санитарная книжка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) заполненный Оценочный лист кандидата на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или временно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность педагога по форме согласно приложению 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кандидат при наличии представляет дополнительную информацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>касающуюся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней</w:t>
+      </w:r>
+      <w:r w:rsidR="00606AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14) фото на документы 5х6 (2шт.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Паспорт вакцинации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из указанных документов является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00FD280D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 к Правилам назначения на должности, освобожденияотдолжностей первых руководителей ипедагоговгосударственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00970F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="docshapegroup30" o:spid="_x0000_s1036" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="_x0000_s1037" style="position:absolute" from="0,4" to="2803,4" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00552EFC" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape31" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251644928;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,238" coordsize="2803,0" path="m7625,238r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E93F53">
-[...5 lines deleted...]
-        <w:t>психоневрологиялық</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мя,отчество</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E93F53">
-[...41 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="11199" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="1989"/>
+        <w:gridCol w:w="279"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="112"/>
+        <w:gridCol w:w="3999"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:wBefore w:w="687" w:type="dxa"/>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:wBefore w:w="687" w:type="dxa"/>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иплом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:wBefore w:w="687" w:type="dxa"/>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:wBefore w:w="687" w:type="dxa"/>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=2 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балла </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=4 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90 баллов = 9 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00970F8E" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00970F8E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т 60 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00970F8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00970F8E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00970F8E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0017295E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">категория = 2 балла </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10лет</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0017295E" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00DD4E68" w:rsidRDefault="0017295E" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ризеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0017295E" w:rsidRPr="00DD4E68" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов=3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E" w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0017295E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00DD4E68" w:rsidRDefault="0017295E" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00DD4E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аставник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл лидер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>едагогического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕС</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DELF;</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0017295E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Основы</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>урсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМНИШ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0017295E" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>урсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0017295E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1134" w:type="dxa"/>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00970F8E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0017295E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidRDefault="0024415D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93F53">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E93F53" w:rsidRPr="00E93F53" w:rsidRDefault="00E93F53" w:rsidP="00E93F53">
-[...887 lines deleted...]
-    <w:sectPr w:rsidR="00E93F53" w:rsidRPr="00E93F53">
+    <w:sectPr w:rsidR="0024415D" w:rsidRPr="0017295E" w:rsidSect="00970F8E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="566" w:bottom="851" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00504328"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FF2CF2"/>
+    <w:rsidRoot w:val="0024415D"/>
+    <w:rsid w:val="00003261"/>
+    <w:rsid w:val="0017295E"/>
+    <w:rsid w:val="0024415D"/>
+    <w:rsid w:val="00251E52"/>
+    <w:rsid w:val="002544F6"/>
+    <w:rsid w:val="002D3DB4"/>
+    <w:rsid w:val="0031081F"/>
+    <w:rsid w:val="00315FF5"/>
+    <w:rsid w:val="00392AFE"/>
+    <w:rsid w:val="004145F4"/>
+    <w:rsid w:val="00460503"/>
+    <w:rsid w:val="00464D48"/>
+    <w:rsid w:val="004E4DC6"/>
+    <w:rsid w:val="0051659A"/>
+    <w:rsid w:val="00552EFC"/>
+    <w:rsid w:val="00606AE5"/>
+    <w:rsid w:val="00626354"/>
+    <w:rsid w:val="00793956"/>
+    <w:rsid w:val="007B258F"/>
+    <w:rsid w:val="007C30E7"/>
+    <w:rsid w:val="007F7C68"/>
+    <w:rsid w:val="00933329"/>
+    <w:rsid w:val="00942049"/>
+    <w:rsid w:val="00970F8E"/>
+    <w:rsid w:val="009B37C1"/>
+    <w:rsid w:val="00AA1F9D"/>
+    <w:rsid w:val="00AF1BE1"/>
+    <w:rsid w:val="00B12969"/>
+    <w:rsid w:val="00B96765"/>
+    <w:rsid w:val="00BD39D6"/>
+    <w:rsid w:val="00BF7A56"/>
+    <w:rsid w:val="00D571CF"/>
+    <w:rsid w:val="00DD4E68"/>
+    <w:rsid w:val="00E22DC8"/>
+    <w:rsid w:val="00E963FF"/>
+    <w:rsid w:val="00EA4D83"/>
+    <w:rsid w:val="00F74C2B"/>
+    <w:rsid w:val="00FD280D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1039"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0024415D"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="0024415D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="x-phmenubutton">
+    <w:name w:val="x-ph__menu__button"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0024415D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0024415D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0024415D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -9112,329 +19249,104 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...264 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="389231321">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1095174897">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1377046702">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gkkpsad84@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gkkpsad84@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9468,86 +19380,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -9683,54 +19593,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>704</Words>
-  <Characters>4017</Characters>
+  <Words>3072</Words>
+  <Characters>17516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4712</CharactersWithSpaces>
+  <CharactersWithSpaces>20547</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>