--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,780 +1,778 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="002A1A2E" w:rsidRDefault="00226F3D" w:rsidP="000079C7">
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRPr="00F26594" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателей  с казахским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГКП «Дошкольная гимназия №6 города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="00FF4603">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00AC349B" w:rsidRPr="00CF37DE" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отсутствием кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3854">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитателей   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="00FF4603">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E3854" w:rsidRDefault="001E3854" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E3854" w:rsidRDefault="001E3854" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E3854" w:rsidRDefault="001E3854" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E3854" w:rsidRDefault="001E3854" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Акпанова А.К</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="0007406E" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 октября </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B17BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017010B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0CCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="00B17BFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3795"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...141 lines deleted...]
-    <w:p w:rsidR="00AC349B" w:rsidRPr="00CF37DE" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+    </w:p>
+    <w:p w:rsidR="002A1A2E" w:rsidRPr="0025189E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A4F5F" w:rsidRDefault="005A4F5F" w:rsidP="005A4F5F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...161 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F294C">
-[...324 lines deleted...]
-    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="00AE5BE9" w:rsidSect="005A44B1">
+    </w:p>
+    <w:p w:rsidR="00D53FEE" w:rsidRDefault="00D53FEE"/>
+    <w:sectPr w:rsidR="00D53FEE" w:rsidSect="005A44B1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -792,164 +790,150 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002351B4"/>
-    <w:rsid w:val="00004C78"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00141EB2"/>
+    <w:rsid w:val="00003C49"/>
+    <w:rsid w:val="00021CDD"/>
+    <w:rsid w:val="000508F0"/>
+    <w:rsid w:val="0007406E"/>
+    <w:rsid w:val="000A3E09"/>
     <w:rsid w:val="001439C3"/>
-    <w:rsid w:val="001605BA"/>
-    <w:rsid w:val="001A2612"/>
+    <w:rsid w:val="0017010B"/>
+    <w:rsid w:val="001D13A5"/>
+    <w:rsid w:val="001D69C0"/>
+    <w:rsid w:val="001E3854"/>
     <w:rsid w:val="001F18D0"/>
-    <w:rsid w:val="002207A4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002326CE"/>
     <w:rsid w:val="002351B4"/>
-    <w:rsid w:val="00250EAB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002A1725"/>
+    <w:rsid w:val="002868EF"/>
     <w:rsid w:val="002A1A2E"/>
-    <w:rsid w:val="002E0112"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00362061"/>
+    <w:rsid w:val="002C161E"/>
+    <w:rsid w:val="002C16D1"/>
+    <w:rsid w:val="002D2A34"/>
+    <w:rsid w:val="002E1128"/>
     <w:rsid w:val="00362C73"/>
-    <w:rsid w:val="003745B9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003D46FD"/>
     <w:rsid w:val="003F0A88"/>
-    <w:rsid w:val="003F294C"/>
-[...9 lines deleted...]
-    <w:rsid w:val="005971A7"/>
+    <w:rsid w:val="00407916"/>
+    <w:rsid w:val="00410997"/>
+    <w:rsid w:val="004353C7"/>
+    <w:rsid w:val="00462D1F"/>
+    <w:rsid w:val="00466EFA"/>
+    <w:rsid w:val="00486938"/>
+    <w:rsid w:val="004B0667"/>
+    <w:rsid w:val="004E6FF8"/>
+    <w:rsid w:val="004F25F4"/>
+    <w:rsid w:val="00577319"/>
     <w:rsid w:val="005A44B1"/>
-    <w:rsid w:val="006C240F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="008D73B8"/>
+    <w:rsid w:val="005A4F5F"/>
+    <w:rsid w:val="0064530B"/>
+    <w:rsid w:val="006E426A"/>
+    <w:rsid w:val="006F6264"/>
+    <w:rsid w:val="006F6ADB"/>
+    <w:rsid w:val="00720E69"/>
+    <w:rsid w:val="007371D2"/>
+    <w:rsid w:val="00740989"/>
+    <w:rsid w:val="007412C7"/>
+    <w:rsid w:val="00753EDE"/>
+    <w:rsid w:val="00770993"/>
+    <w:rsid w:val="007C7605"/>
+    <w:rsid w:val="007D28EC"/>
+    <w:rsid w:val="007D462F"/>
+    <w:rsid w:val="007E5C39"/>
+    <w:rsid w:val="008B49D0"/>
+    <w:rsid w:val="008E35E4"/>
     <w:rsid w:val="00903A80"/>
-    <w:rsid w:val="009963F0"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00D07ADC"/>
+    <w:rsid w:val="009A6AB6"/>
+    <w:rsid w:val="009F31EF"/>
+    <w:rsid w:val="009F33D5"/>
+    <w:rsid w:val="009F5A26"/>
+    <w:rsid w:val="00A80B1F"/>
+    <w:rsid w:val="00AE58A9"/>
+    <w:rsid w:val="00B17BFE"/>
+    <w:rsid w:val="00B33DEE"/>
+    <w:rsid w:val="00BA3074"/>
+    <w:rsid w:val="00BA5D47"/>
+    <w:rsid w:val="00BB44AE"/>
+    <w:rsid w:val="00BC4968"/>
+    <w:rsid w:val="00BE0CCE"/>
+    <w:rsid w:val="00C97FDB"/>
+    <w:rsid w:val="00CA249A"/>
+    <w:rsid w:val="00CC3190"/>
     <w:rsid w:val="00D53FEE"/>
-    <w:rsid w:val="00D61519"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FF0CF9"/>
+    <w:rsid w:val="00DC3E17"/>
+    <w:rsid w:val="00E72FA5"/>
+    <w:rsid w:val="00E96531"/>
+    <w:rsid w:val="00ED1FC4"/>
+    <w:rsid w:val="00F1210A"/>
+    <w:rsid w:val="00F17498"/>
+    <w:rsid w:val="00F4725E"/>
+    <w:rsid w:val="00FD5883"/>
+    <w:rsid w:val="00FF4603"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{5E9F367B-48ED-4B79-8AE5-F4F57DB6D199}"/>
+  <w15:docId w15:val="{5028F487-A0F8-4A48-B67D-B987CA178408}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1357,51 +1341,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:rsid w:val="002A1A2E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1376734509">
+    <w:div w:id="845440202">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1670,70 +1654,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>469</Characters>
+  <Pages>1</Pages>
+  <Words>68</Words>
+  <Characters>388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>550</CharactersWithSpaces>
+  <CharactersWithSpaces>455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>