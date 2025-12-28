--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,2915 +1,1423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FA1FBC" w:rsidRDefault="00C466C5" w:rsidP="00FA1FBC">
+    <w:p w:rsidR="00FA1FBC" w:rsidRDefault="00FA1FBC" w:rsidP="00FA1FBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C466C5">
+      <w:r w:rsidRPr="00FA1FBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">ІІМ </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C466C5">
+        <w:t>МВД призывает сохранить жизнь детей</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>балалардың</w:t>
-[...83 lines deleted...]
-    <w:p w:rsidR="00C466C5" w:rsidRPr="00FA1FBC" w:rsidRDefault="00C466C5" w:rsidP="00FA1FBC">
+        <w:t xml:space="preserve"> от аварии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC" w:rsidRDefault="00FA1FBC" w:rsidP="00FA1FBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C466C5" w:rsidRPr="00C466C5" w:rsidRDefault="00C466C5" w:rsidP="00C466C5">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="00CF2672" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Состояние безопасности на дорогах – один из важных и актуальных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005493C" w:rsidRDefault="00CA78C6" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ля этого очень многое делается в этом направлении</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB390A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Изменяется законодательство, на дорогах вводятся новые инженерные решения, информационные системы и программы улучшают </w:t>
+      </w:r>
+      <w:r w:rsidR="0005493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">защищенность </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB390A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>участников дорожного движения и работу полиции</w:t>
+      </w:r>
+      <w:r w:rsidR="0005493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="0005493C" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Это сказывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на дорожной безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="0005493C" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> текущем году снизились </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>показатели аварийности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="00CF2672" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДТП – на 4%</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="00CF2672" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Погибших людей</w:t>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 2%</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="00CF2672" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А также травмированных на – 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2672" w:rsidRPr="00FA1FBC" w:rsidRDefault="0005493C" w:rsidP="00CF2672">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В результате работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сохранена жизнь и здоровье </w:t>
+      </w:r>
+      <w:r w:rsidR="00787A9D" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свыше</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысячи </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2672" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA78C6" w:rsidRDefault="0005493C" w:rsidP="0005493C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я обращаюсь к родителям, воспитателям, преподавателям и ко всему взрослому населению страны! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005493C" w:rsidRDefault="0005493C" w:rsidP="0005493C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От наших с вами усилий зависит жизнь подрастающего поколения!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00115ABC" w:rsidRPr="00115ABC" w:rsidRDefault="0005493C" w:rsidP="0005493C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мертность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несовершеннолетних</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дорожно-транспортных происшествиях</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в текущем году осталась на прежнем</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA78C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высоком уровне.</w:t>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> За девять месяцев в авариях погибло 210 детей, что на 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00115ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> больше по сравнению с прошлым годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B02EB" w:rsidRDefault="006B02EB" w:rsidP="006B02EB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дети – одна из самых уязвимых категорий участников дорожного движения, которые нуждаются в нашем участии в их повседневной жизни.</w:t>
+      </w:r>
+      <w:r w:rsidR="0005493C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005493C" w:rsidRPr="00FA1FBC" w:rsidRDefault="0005493C" w:rsidP="006B02EB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обязанность каждого из нас – разъяснять, а если стали свидетелем - пресекать нарушения Правил дорожного движения детьми и подростками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B02EB" w:rsidRPr="00FA1FBC" w:rsidRDefault="0011380E" w:rsidP="006B02EB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="006B02EB" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есмотря на ежегодно проводимую разъяснительную работу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">полиции </w:t>
+      </w:r>
+      <w:r w:rsidR="006B02EB" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с населением, мы продолжаем сталкиваться </w:t>
+      </w:r>
+      <w:r w:rsidR="002252EF" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со старыми проблемами,</w:t>
+      </w:r>
+      <w:r w:rsidR="006B02EB" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> угрожающими безопасности детей. И это дорожно-транспортные происшествия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC" w:rsidRDefault="00115ABC" w:rsidP="00FA1FBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Надо отметить</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1FBC" w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> более половины пострадавших детей являлись пассажирами. Остальная половина – пешеходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1FBC" w:rsidRDefault="00FA1FBC" w:rsidP="00FA1FBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В большинстве случаев пострадавшие дети перевозятся взрослыми в автомобилях с нарушением правил перевозки – без детских удерживающих устройств</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, таких как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C91901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автокресла, бустеры, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C466C5">
-[...5 lines deleted...]
-        <w:t>Жолдағы</w:t>
+      <w:r w:rsidRPr="00C91901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адаптери</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C466C5">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C91901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C466C5">
-[...5 lines deleted...]
-        <w:t>қауіпсіздік</w:t>
+      <w:r w:rsidRPr="00C91901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>др</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C466C5">
-[...133 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C91901" w:rsidRPr="00C91901">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қала береді</w:t>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>угие</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91901">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...193 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
-      </w:r>
-[...2330 lines deleted...]
-        <w:t>ІІМ Әкімшілік полиция комитеті</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FA1FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">либо не пристегнутыми. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002252EF" w:rsidRDefault="002252EF" w:rsidP="002252EF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дети</w:t>
+      </w:r>
+      <w:r w:rsidR="00472A0C" w:rsidRPr="00472A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копируют поведение взрослых</w:t>
+      </w:r>
+      <w:r w:rsidR="00472A0C" w:rsidRPr="00472A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поэтому мы и имеем факты перехода дороги там, где хочется, а не там, где разрешено и безопасно. Взрослые сам</w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> покупают детям </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электросамокаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мопеды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электровелосипеды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, но как ими пользоваться</w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чтобы это было безопасно для детей и окружающих</w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не разъясняют. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472A0C" w:rsidRDefault="007840C2" w:rsidP="002252EF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:r w:rsidR="002252EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лементарное разъяснение Правил дорожного движения и позиция</w:t>
+      </w:r>
+      <w:r w:rsidR="000E17E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослых</w:t>
+      </w:r>
+      <w:r w:rsidR="002252EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по их соблюдению </w:t>
+      </w:r>
+      <w:r w:rsidR="000E17E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сможет сохранить жизнь именно Вашего ребенка или близкого родственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E17E9" w:rsidRDefault="000E17E9" w:rsidP="002252EF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не проходите мимо, если при Вас дети нарушают Правила дорожного движения, уделите несколько минут и разъясните, что ребенок сделал неправильно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA78C6" w:rsidRDefault="00115ABC" w:rsidP="002252EF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одна, две</w:t>
+      </w:r>
+      <w:r w:rsidR="000E17E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA78C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="000E17E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>три минуты не скажутся</w:t>
+      </w:r>
+      <w:r w:rsidR="00E451BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на Вашей занятости, а для ребенка замечание взрослого может запомниться на всю жизнь. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E17E9" w:rsidRPr="00FA1FBC" w:rsidRDefault="00E451BA" w:rsidP="002252EF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это и есть элементы воспитания и принцип «нулевой терпимости» общества.  </w:t>
+      </w:r>
+      <w:r w:rsidR="000E17E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472A0C" w:rsidRDefault="00472A0C" w:rsidP="00FA1FBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В свою очередь, Министерством</w:t>
+      </w:r>
+      <w:r w:rsidR="00E451BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будут продолжены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меры по снижению детской смертности на дорогах</w:t>
+      </w:r>
+      <w:r w:rsidR="00E451BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правовому просвещению, пропаганде и профилактике детского дорожно-транспортного травматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755D50" w:rsidRDefault="00755D50" w:rsidP="00755D50">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дорогие участники дорожного движения, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еще раз призываем всех соблюдать элементарные правила дорожного движения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E451BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007840C2" w:rsidRDefault="00755D50" w:rsidP="00755D50">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не торопитесь и не спешите,</w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контролируйте безопасность детей, </w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2" w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сэкономленные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секунды или минуты не стоят </w:t>
+      </w:r>
+      <w:r w:rsidR="007840C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риска</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755D50" w:rsidRPr="00755D50" w:rsidRDefault="007840C2" w:rsidP="00755D50">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ведь в</w:t>
+      </w:r>
+      <w:r w:rsidR="00755D50" w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ажнее ваш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="00755D50" w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жизн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и и жизни детей</w:t>
+      </w:r>
+      <w:r w:rsidR="00755D50" w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ничего нет! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755D50" w:rsidRPr="00755D50" w:rsidRDefault="00755D50" w:rsidP="00755D50">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00755D50" w:rsidRDefault="00755D50" w:rsidP="00755D50">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755D50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комитет административной полиции МВД</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472A0C" w:rsidRDefault="00472A0C" w:rsidP="00FA1FBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472A0C" w:rsidRPr="00FA1FBC" w:rsidRDefault="00472A0C" w:rsidP="00FA1FBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="006B02EB" w:rsidRPr="00FA1FBC" w:rsidRDefault="006B02EB" w:rsidP="006B02EB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B02EB" w:rsidRPr="00FA1FBC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2938,105 +1446,97 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A1A3D"/>
-    <w:rsid w:val="00045C31"/>
     <w:rsid w:val="0005493C"/>
     <w:rsid w:val="000E17E9"/>
     <w:rsid w:val="0011380E"/>
+    <w:rsid w:val="00115ABC"/>
     <w:rsid w:val="002252EF"/>
-    <w:rsid w:val="003620DE"/>
     <w:rsid w:val="00472A0C"/>
     <w:rsid w:val="00492EC0"/>
     <w:rsid w:val="004A1A3D"/>
-    <w:rsid w:val="004A6296"/>
     <w:rsid w:val="00515D2F"/>
-    <w:rsid w:val="00542734"/>
     <w:rsid w:val="006B02EB"/>
-    <w:rsid w:val="006E15EC"/>
     <w:rsid w:val="00755D50"/>
     <w:rsid w:val="007840C2"/>
     <w:rsid w:val="00787A9D"/>
-    <w:rsid w:val="007C5533"/>
     <w:rsid w:val="00804E6B"/>
-    <w:rsid w:val="009E6949"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C466C5"/>
+    <w:rsid w:val="00C91901"/>
     <w:rsid w:val="00CA78C6"/>
     <w:rsid w:val="00CB390A"/>
     <w:rsid w:val="00CF2672"/>
     <w:rsid w:val="00DA2E32"/>
     <w:rsid w:val="00DB5A34"/>
     <w:rsid w:val="00E451BA"/>
-    <w:rsid w:val="00F928E3"/>
     <w:rsid w:val="00FA1FBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="12F33325"/>
+  <w14:docId w14:val="7D8D04C8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{700A70A9-407A-4F05-949F-212168F0A992}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3703,69 +2203,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>470</Words>
-  <Characters>2679</Characters>
+  <Words>456</Words>
+  <Characters>2603</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3143</CharactersWithSpaces>
+  <CharactersWithSpaces>3053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Актоты Боранова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>