--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,18183 +1,8418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2541DDD2" w14:textId="782C938B" w:rsidR="009E591F" w:rsidRPr="009E591F" w:rsidRDefault="009E591F" w:rsidP="009E591F">
+    <w:p w14:paraId="2CAE23FB" w14:textId="77777777" w:rsidR="009973F2" w:rsidRDefault="009973F2" w:rsidP="0019652C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E591F">
+    </w:p>
+    <w:p w14:paraId="376931E5" w14:textId="55E426B7" w:rsidR="0019652C" w:rsidRPr="00293D55" w:rsidRDefault="00A36470" w:rsidP="0019652C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039280E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009E591F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019652C" w:rsidRPr="00293D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+        <w:t>Коммунальное государственное учреждение «</w:t>
       </w:r>
-      <w:r w:rsidR="00B45D9E">
+      <w:r w:rsidR="0019652C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№25</w:t>
+        <w:t>Средняя</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E591F">
+      <w:r w:rsidR="0019652C" w:rsidRPr="00293D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі </w:t>
+        <w:t xml:space="preserve"> общеобразовательная школа </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="009E591F">
+      <w:r w:rsidR="00CE08C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
+        <w:t>№25</w:t>
       </w:r>
-      <w:r w:rsidR="00B5610D">
+      <w:r w:rsidR="0019652C" w:rsidRPr="00293D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> г</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E591F">
+      <w:r w:rsidR="0019652C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тіл</w:t>
+        <w:t xml:space="preserve">орода </w:t>
       </w:r>
-      <w:r w:rsidR="00B5610D">
+      <w:r w:rsidR="0019652C" w:rsidRPr="00293D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дерінде</w:t>
+        <w:t>Павлодара»</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E591F">
+    </w:p>
+    <w:p w14:paraId="732B64C1" w14:textId="5BF5EDAC" w:rsidR="00293D55" w:rsidRPr="00293D55" w:rsidRDefault="0019652C" w:rsidP="00293D55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқытатын </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">басшының </w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidR="00B45D9E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00293D55" w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ғылыми-әдістемелік жұмыс және инновация</w:t>
+        <w:t xml:space="preserve">правление образования Павлодарской области, </w:t>
       </w:r>
-      <w:r w:rsidR="0036545B" w:rsidRPr="0039280E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жөніндегі орынбасары </w:t>
+        <w:t>отдел</w:t>
       </w:r>
-      <w:r w:rsidR="00653F36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазы</w:t>
+        <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="004B4FD8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00293D55" w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мына</w:t>
+        <w:t xml:space="preserve"> образования города Павлодара</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00F24C68">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="79E6488F" w14:textId="0E42321A" w:rsidR="00293D55" w:rsidRDefault="00293D55" w:rsidP="00293D55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>объявляет конкурс на должност</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заместителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>научно- методической и инновационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00793EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>со знанием государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> язык</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00793EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64658044" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00F24C68" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="503"/>
+        <w:gridCol w:w="504"/>
         <w:gridCol w:w="2718"/>
-        <w:gridCol w:w="2423"/>
-        <w:gridCol w:w="4267"/>
+        <w:gridCol w:w="6689"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00780B98" w:rsidRPr="006C069A" w14:paraId="21C1CC5F" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="004B0F56" w:rsidRPr="004B0F56" w14:paraId="21C1CC5F" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="24F68C0B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="004075BF" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="24F68C0B" w14:textId="77777777" w:rsidR="004B0F56" w:rsidRPr="004B0F56" w:rsidRDefault="004B0F56" w:rsidP="004B0F56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21674595" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="004075BF" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="21674595" w14:textId="71C2E749" w:rsidR="004B0F56" w:rsidRPr="004B0F56" w:rsidRDefault="004B0F56" w:rsidP="004B0F56">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E538D4" w14:textId="0FDD8E4B" w:rsidR="00CB6B4F" w:rsidRPr="004075BF" w:rsidRDefault="009E591F" w:rsidP="00F24C68">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="11E538D4" w14:textId="0CF96B1A" w:rsidR="004B0F56" w:rsidRPr="004B0F56" w:rsidRDefault="004B0F56" w:rsidP="00BC09E1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE08C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>№25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...48 lines deleted...]
-              <w:t>коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="189221CD" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="189221CD" w14:textId="77777777" w:rsidTr="000264CC">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="22CA2A8F" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="22CA2A8F" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40CF85D1" w14:textId="5EB06A26" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="40CF85D1" w14:textId="1240EEE9" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>Адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CA3F245" w14:textId="1C8B1EE9" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="5CA3F245" w14:textId="17FD5852" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...14 lines deleted...]
-              <w:t>49/1</w:t>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140007, Республика Казахстан, Павлодарская область, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>г.Павлодар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ул. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Майры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 49</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="6B3D040D" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="6B3D040D" w14:textId="77777777" w:rsidTr="000264CC">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39277C0E" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="39277C0E" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACF02F9" w14:textId="264E7040" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="3ACF02F9" w14:textId="69DD622D" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Телефон нөмірлері</w:t>
+              <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32B1D4C9" w14:textId="70EBC3D0" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="32B1D4C9" w14:textId="7F3673F0" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="3938D983" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="3938D983" w14:textId="77777777" w:rsidTr="000264CC">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ED1492E" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="1ED1492E" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF13743" w14:textId="53C62099" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="5DF13743" w14:textId="1EED5B68" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Электрондық пошта</w:t>
+              <w:t>Эл.почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09E1DF1C" w14:textId="76EC399F" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="00000000" w:rsidP="002C79C9">
-[...47 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="09E1DF1C" w14:textId="0611BFEC" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sosh25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00715B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="006C069A" w14:paraId="07470143" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="07470143" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="54FD5419" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="54FD5419" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1590374C" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="1590374C" w14:textId="20836CBC" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3B17AE" w14:textId="164F5AE6" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="58A62DE2" w14:textId="7DDDD697" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...29 lines deleted...]
-          <w:p w14:paraId="48087395" w14:textId="6032099E" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          </w:p>
+          <w:p w14:paraId="7A3B17AE" w14:textId="557CDC71" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE08C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аместител</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE08C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководителя по научно- методической и инновационной работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE08C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на время декретного отпуска</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48087395" w14:textId="039A0813" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="006C069A" w14:paraId="6A107E4C" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="6A107E4C" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A080A8E" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="4A080A8E" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3189D1AA" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="3189D1AA" w14:textId="03FDA09E" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Негізгі функционалдық міндеттері</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сновные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3D25B3" w14:textId="66B7C290" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="0F3D25B3" w14:textId="5C0FC007" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="0019316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="0019316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Басшының</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>Заместитель руководителя по научно- методической и инновационной работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="0019316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ғылыми-әдістемелік жұмыс және инновация жөніндегі орынбасары міндеттерді жүзеге асырады:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="37DC0DAF" w14:textId="197AC7B8" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+              <w:t>выполняет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34CC1C2D" w14:textId="6EC625D4" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="1005BB42" w14:textId="55A5AFCC" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- организует учебный процесс, текущее планирование деятельности образовательной организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1561C29E" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="46ED8DCC" w14:textId="7DFD8753" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- анализирует состояние учебного процесса, научно-методического и социально-психологического обеспечения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6273D9D3" w14:textId="15F8F239" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="22659524" w14:textId="535E77E6" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- координирует работу педагогов по выполнению государственного стандарта, планов и программ учебной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A8FC47" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="01EA3364" w14:textId="1244FBF0" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечивает тематический контроль знаний по предметам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE31F22" w14:textId="3135F0E0" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="10C22BB8" w14:textId="067E1505" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- следит за учебной нагрузкой , составляет расписание учебных занятий, курсов и уроков вариативной части учебного плана работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D2E5869" w14:textId="15033042" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="0413E1A8" w14:textId="2C31DBF2" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организует </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>работу аттестационной комиссии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46026DC4" w14:textId="44C84510" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="09C489CE" w14:textId="5475C2A2" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>огрнизует работу с педагогическими кадрами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6639C5D4" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="53E757E9" w14:textId="237A1E24" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- координирует предметно-методические объединения и экспериментальную работу образовательной организации, обеспечивает научно-методическую и социально-психологическую работу и ее анализ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB729D8" w14:textId="20DBD55C" w:rsidR="00CE08C6" w:rsidRPr="00D553B2" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="007AB974" w14:textId="45BFCDE5" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Руководит организацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>учебного процесса </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, обеспечивает полное и качественное выполнение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>учебных планов и программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, осуществляет контроль над результатами </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>педагогического коллектива, уровнем знаний учащихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516736BF" w14:textId="56DAB18E" w:rsidR="00CE08C6" w:rsidRPr="00D553B2" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="28D179D0" w14:textId="3B90DBFB" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль над ведением </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школьной документации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>годовой план, план развития школы, РУПы, ВШК, Күнделік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, обеспечивает своевременную подготовку установленной учётной и отчётной документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAC2A54" w14:textId="4CB04191" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="073AF1DD" w14:textId="0EAB865B" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курирует гиназические классы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24DF2862" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- планирует и предлагает работу по оснащению учебных лабораторий и кабинетов современным оборудованием, наглядными пособиями и техническими средствами обучения, осуществляет подбор альтернативных учебников совместно с учителями-предметниками, ведет работу по применению  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оқулықтар мен оқу-әдістемелік кешендерді, оның ішінде электрондық оқулықтар мен цифрлық ресурстарды сатып алуға, әдістемелік кабинеттер мен кітапханаларды оқу-әдістемелік және көркем әдебиеттермен толықтыруға өтінім ұйымдастырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="654E1A90" w14:textId="09F1E20C" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+              <w:t>учебно-методических комплексов, в том числе электронные учебники и цифровые ресурсы ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE0DCC5" w14:textId="4483D7DC" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="624D81FF" w14:textId="29BE7BD1" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует работу по  пополнению кабинетов и библиотеки учебно-методической и художественной литературой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F82159B" w14:textId="25CDC3FF" w:rsidR="00CE08C6" w:rsidRPr="00D553B2" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="63210C69" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организует и кординирует реализацию Закона «О языках в Республике Казахстан»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E4CBC0" w14:textId="3F2A673E" w:rsidR="00CE08C6" w:rsidRPr="00D553B2" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4CDDE092" w14:textId="05E5F236" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D553B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-курирует работу МО учителей казахского языка и литературы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C83C34F" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="36885FB7" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечивает сохранность оборудования, приборов, технических и наглядных пособий, используемых в учебном процессе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FF18B89" w14:textId="0B4DAECF" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="689808EA" w14:textId="548A927E" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечивает качественное и своевременное создание установленной учетной документации и анализирует уроки учителей, обеспечивая обратную связь;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118F4D85" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2B9AEAFA" w14:textId="3865950F" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- воспитывает антикоррупционную культуру, принципы академической честности среди студентов, воспитанников, преподавателей и других работников.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713536DC" w14:textId="26BC47C8" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="713536DC" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Должен знать:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69713E6E" w14:textId="7CAB3972" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...16 lines deleted...]
-          <w:p w14:paraId="259DB817" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Конституция Республики Казахстан, Трудовой кодекс Республики Казахстан, Законы Республики Казахстан «Об образовании», «О статусе педагога», «О противодействии коррупции», «О языке в Республики Казахстан» и другие законы, определяющие направления и перспективы развития образования, нормативные правовые акты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3874FD12" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...297 lines deleted...]
-          <w:p w14:paraId="3FC4C334" w14:textId="61AC2F41" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- основы педагогики и психологии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B1D5FB8" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="230EF292" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- государственный стандарт обязательного образования, типовые учебные планы, типовые учебные планы, достижения педагогической науки и практики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EE2149" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="55ED15AA" w14:textId="0F7C912D" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- нормы педагогической этики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7FC8B5" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="0019316E" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-          <w:p w14:paraId="0364F174" w14:textId="77898998" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- основы управления, финансово-хозяйственной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="765305C0" w14:textId="0B9A6253" w:rsidR="00CE08C6" w:rsidRPr="00D5756B" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...26 lines deleted...]
-              <w:t>- еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар.</w:t>
+            <w:r w:rsidRPr="0019316E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- принципы безопасности и охраны труда, пожарной безопасности, санитарные принципы и нормы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="4D40976A" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="4D40976A" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="15CA2B03" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="15CA2B03" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E0E02B" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="07E0E02B" w14:textId="345D6484" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азмер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59048F70" w14:textId="2FC3DD16" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="59048F70" w14:textId="49909D77" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="003D14AA">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді,</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">Оплата в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>соответствии со стажем работы и квалификационной категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EFF8FE9" w14:textId="4887A457" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="003D14AA">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
-[...8 lines deleted...]
-            <w:r w:rsidR="00F83B28">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее образование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00026345">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>205</w:t>
             </w:r>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>000 теңге.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="006C069A" w14:paraId="32F2AD40" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="32F2AD40" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41FD9912" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="41FD9912" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E62008" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="36075401" w14:textId="4C4016C5" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6F679A3C" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+              <w:t>Квалификационные требования, предъявляемые к кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F679A3C" w14:textId="522E89D2" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2901D8BD" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
+          <w:p w14:paraId="2E656E06" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="002D0DAF" w:rsidRDefault="00CE08C6" w:rsidP="00B91D5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F75132" w14:textId="083D3968" w:rsidR="00CE08C6" w:rsidRPr="00BC5372" w:rsidRDefault="00CE08C6" w:rsidP="00B91D5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="693FDB8A" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="693FDB8A" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22ED5209" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="22ED5209" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0570D853" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="0570D853" w14:textId="2961C381" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55278C57" w14:textId="5E7B4A81" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="00237421" w:rsidP="002C79C9">
+          <w:p w14:paraId="55278C57" w14:textId="0D78474F" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00F10886" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00541ACD">
+            <w:r w:rsidR="00A51BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="002C79C9" w:rsidRPr="004075BF">
+            <w:r w:rsidR="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.0</w:t>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C79C9" w:rsidRPr="004075BF">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00581C65">
+            <w:r w:rsidR="00303339">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006C069A">
+            <w:r w:rsidR="00E630C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="002C79C9" w:rsidRPr="004075BF">
+            <w:r w:rsidR="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="002C79C9" w:rsidRPr="004075BF">
+            <w:r w:rsidR="00CE08C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="006C069A" w14:paraId="100C6760" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="100C6760" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51D63997" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="51D63997" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="226C2462" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="226C2462" w14:textId="611E41D3" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15BCA05A" w14:textId="53D04ACB" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+          <w:p w14:paraId="048C607D" w14:textId="4C0A0F64" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2774B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қағидалардың </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...193 lines deleted...]
-          <w:p w14:paraId="00605DD0" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185E44C6" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...231 lines deleted...]
-          <w:p w14:paraId="0BFBA21F" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73811D98" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...309 lines deleted...]
-          <w:p w14:paraId="4F874386" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B593CDE" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...291 lines deleted...]
-          <w:p w14:paraId="13363FBE" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6980D2CF" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...130 lines deleted...]
-          <w:p w14:paraId="23381EF0" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E2437F4" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...523 lines deleted...]
-          <w:p w14:paraId="3B079888" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E833C92" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...68 lines deleted...]
-          <w:p w14:paraId="2D736DDA" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BB777F8" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...68 lines deleted...]
-          <w:p w14:paraId="404A12DF" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38823126" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...353 lines deleted...]
-          <w:p w14:paraId="74C2C435" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A4404A" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">10) </w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="6EEE253B" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39434DA5" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="41172B90" w14:textId="77777777" w:rsidR="009E1F3A" w:rsidRPr="004075BF" w:rsidRDefault="009E1F3A" w:rsidP="009E1F3A">
+              <w:t>11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66068908" w14:textId="77777777" w:rsidR="00D06D67" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
-[...15 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF5BAD0" w14:textId="7FACD6C3" w:rsidR="00CE08C6" w:rsidRPr="00E00208" w:rsidRDefault="00D06D67" w:rsidP="00E00208">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">13) </w:t>
-[...73 lines deleted...]
-              <w:t>;</w:t>
+              <w:t xml:space="preserve">13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C79C9" w:rsidRPr="004075BF" w14:paraId="7B2B1742" w14:textId="77777777" w:rsidTr="002C79C9">
+      <w:tr w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w14:paraId="7B2B1742" w14:textId="77777777" w:rsidTr="00035D8C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E68EFD" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="46E68EFD" w14:textId="77777777" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="160853D5" w14:textId="77777777" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="002C79C9" w:rsidP="002C79C9">
+          <w:p w14:paraId="160853D5" w14:textId="2BE07CE9" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="00CE08C6" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="004B0F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6690" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6689" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5884D6A3" w14:textId="7BC8F392" w:rsidR="002C79C9" w:rsidRPr="004075BF" w:rsidRDefault="008D1819" w:rsidP="002C79C9">
+          <w:p w14:paraId="5884D6A3" w14:textId="6C5198FD" w:rsidR="00CE08C6" w:rsidRPr="004B0F56" w:rsidRDefault="009D7931" w:rsidP="00CE08C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004075BF">
+            <w:r w:rsidRPr="009D7931">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>уақытша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t xml:space="preserve">На период временного отпуска основного работника по уходу за ребенком до </w:t>
+            </w:r>
+            <w:r w:rsidR="00026345">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D7931">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>негізгі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00026345">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D7931">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қызметкердің</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00026345">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D7931">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>күтімі</w:t>
-[...452 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F27BFF2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="428E54C5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00D06D67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02FB52E7" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...21 lines deleted...]
-    <w:p w14:paraId="7EA80CEE" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1CF8DF3A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1004FC54" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...39 lines deleted...]
-    <w:p w14:paraId="7C05ADBC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A340F8" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0D24D462" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="00E6ED60" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...80 lines deleted...]
-    <w:p w14:paraId="6EDB83CC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="070B3D38" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="765C13A8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="006E5B4A" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...187 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6A6086DB" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A1CCD67" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="006E5B4A" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
-      <w:pPr>
+    <w:p w14:paraId="07281492" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E00EE51" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="006E5B4A" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
-      <w:pPr>
+    <w:p w14:paraId="3C5C752C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...16 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="44C363AE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="006E5B4A" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-      <w:pPr>
+    <w:p w14:paraId="29CB001A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="008D5236">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="16D3E447" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="006E5B4A" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-      <w:pPr>
+    <w:p w14:paraId="5F2B78FB" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="00D06D67">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1434 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5779"/>
-        <w:gridCol w:w="4142"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="006E5B4A" w14:paraId="370774D2" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A82650" w14:paraId="1CBCB5DB" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F32103D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74987E8B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="193B87BF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BD35792" w14:textId="0DF67ABA" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00303339">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D343D3" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DDA993" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BF67E3" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18013021" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A03277" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E995600" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B84E8E6" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E785CD" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6104DB2E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125963C5" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A553584" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F2BE3B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58789687" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2533A29F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F2759E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18970FA8" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76407107" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213D00F2" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5A10DE" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6645DD07" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213D4138" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FBB57E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646E8CCC" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001C48C7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5820A587" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="777AFE76" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4480FBF7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234EF964" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C22FD2" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB1517F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3090568B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C54F16F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2089"/>
+        <w:gridCol w:w="2890"/>
+        <w:gridCol w:w="2131"/>
+        <w:gridCol w:w="2693"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A82650" w14:paraId="1300094F" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BEE81E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DBBAF7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA05711" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05391001" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7927AE42" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02550727" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A82650" w14:paraId="6BA1C0A9" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0371E0A4" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C39BE4" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65404906" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3E6B28" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3768F939" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="512DD3DA" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66252B5C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFD481B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21C40BED" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790A4DF3" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5D4EBA" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A1FB54" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1233A37B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6213509E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A089A50" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5714AB87" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F054A49" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FFB01C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2413D0A1" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27377BA5" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168F238A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C531A43" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B23277F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAF24F4" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60297B2E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32678C0C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49747742" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14100315" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A82650" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="24A7D453" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56E935DF" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="006E5B4A" w:rsidRDefault="00301843" w:rsidP="00B0496E">
-[...29 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="455309E1" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DAEE0FF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE572A7" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="006E5B4A" w:rsidRDefault="00301843" w:rsidP="00B0496E">
-[...102 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="7D0257DB" w14:textId="73584D7A" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00303339">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="006E5B4A">
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF15D66" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F99012D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCEDD22" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A064D9F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EDCB8BB" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34197023" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="006E5B4A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="55892754" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="00E00208">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EEFAC01" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="006E5B4A" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="09B69DAE" w14:textId="3456F942" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="00273F07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...214 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A336D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога _________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331757D5" w14:textId="77777777" w:rsidR="00333062" w:rsidRDefault="001B695E" w:rsidP="00333062">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3DCBDFB9" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="00273F07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...112 lines deleted...]
-        <w:t>))</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A336D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F5534B" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="00333062" w:rsidRDefault="00333062" w:rsidP="00333062">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="515288EF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="00E00208">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="6CD568A3" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="06235E27" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42893671" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="665C12A9" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FA70DB" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7544D56D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C8594D" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6CBCB659" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F16AD59" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="00333062" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...51 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="1EAC68FF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64050905" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="00333062" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="5744D16E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="7F309FDE" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="60B978EC" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="521C290E" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="15DFB4F2" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D5FD109" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="422D52EC" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FE2FCAA" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...140 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5FD30B9D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42040104" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...377 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+          <w:p w14:paraId="3E7164BF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F32BDA5" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A216A4" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D4B7827" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534D63A2" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF09929" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="00333062" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
+          <w:p w14:paraId="5AF4143E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="76B0091B" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="463B403C" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4660CCE0" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AA090BC" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/ академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDD2A3A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA9DA2C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E23A16E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F4AB76" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6062B80A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="419FA52F" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A1C0726" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="504B3656" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="707072E8" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F51D2D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6D1A97" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A20B7D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="4E67A8DB" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07721006" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="2490CFC5" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DDD59C5" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="627F8E48" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FC9BF1E" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...140 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="52825891" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8C888B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B5D8F6" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="00333062" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...142 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="435F1C7B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- вторая категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D46863" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- первая категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19B55F4E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E15F5CC" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B83715F" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA11052" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FBE637" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- педагог-мастер = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB52743" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="2FBBB050" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="6886EA0E" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="313338AA" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A5A53DB" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...29 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="79C5B172" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5340F6F2" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="30356517" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E4E7A40" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0B73F4CE" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B4EF60" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7A834751" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- методист (стаж в должности не менее                2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1953EF61" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- заместитель директора (стаж в должности не менее         2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441326F1" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4FEEBE" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="2DC9C910" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="7E83D447" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="7E3539CC" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1511A109" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="605B907D" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33C2EA6C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A7F0FF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60D55694" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="736753D7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- «хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E084468" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="6BAAD816" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ACDFED1" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="5AF73627" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BB568B2" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="58E55780" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="297E6D86" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="715AA177" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/ учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723C8711" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...341 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3CF13583" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  -наличие положительного рекомендательного   письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C9EAFFF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  -негативное рекомендательное письмо =  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED26F1A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33DB48C7" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="29FD0B65" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="006C069A" w14:paraId="487BA967" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="45555636" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1430BF41" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D25CC73" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E211539" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7637DD15" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5829635E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D5E6FD" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170B4996" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2712B285" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1357668B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B05AE40" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43FA993A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD526F3" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F443329" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="666B8189" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="2A5F70E2" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2273ADC4" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="75D92F9A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ADE095A" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="28042CEB" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="431990AB" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...160 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="433C0485" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CFDB32" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w14:paraId="7086314A" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671DCEF4" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D995635" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
-[...6 lines deleted...]
-              <w:t>әдіскер</w:t>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
-[...469 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8D1AD9" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02566C0C" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="064BF0BF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="58FCEA88" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="6582CAC8" w14:textId="77777777" w:rsidTr="0050218E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A7A48FF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="304F2FA3" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68E34140" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="714B2790" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B39AE0E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED73AE9" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- преподавание на 2 языках, русский/ казахский  = 2 балла; иностранный/русский, иностранный/казахский) =  3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FBBECE" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- преподавание на 3 языках (казахский, русский,  иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D3CD95" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="24BD1755" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B1EB23B" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="65AA4C05" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73A85BCB" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="51335533" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CD67D33" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
+          <w:p w14:paraId="39586942" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCAD9C1" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74106D3E" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="0096329D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="0096329D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">,          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353BE334" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55880925" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Обучение работе с Microsoft» </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5ED3C6AD" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D79CCCF" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00E00208" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>туралы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B32BF7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA (Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28AA8BDB" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C42454" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB28734" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F9A3D0" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F0E5F2B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="0096329D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2565D129" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="0096329D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>дипломның</w:t>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
+            <w:r w:rsidRPr="0096329D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0070532E">
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E15D1E2" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>қосымшасы</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3621A996" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="0096329D" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096329D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8DCA24" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4473BB34" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- курсы ЦПМ НИШ, «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
-[...6 lines deleted...]
-              <w:t>педагогикалық</w:t>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
-[...191 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26E1A052" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- курсы  повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068) = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60EC015B" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="38D028E1" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="006C069A" w14:paraId="35AAFA3B" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="348B22F0" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79BE5884" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="0534D852" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1656BC7D" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="575B7D5B" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ «С дипломом в село!», «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0070532E">
-[...6 lines deleted...]
-              <w:t>Бұрынғы</w:t>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0070532E">
-[...198 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>», педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1889B6B1" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...388 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="6BE4F568" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76326F60" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...241 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="49A77F75" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F46AEC1" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="39D17BE7" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333062" w:rsidRPr="0070532E" w14:paraId="61261F24" w14:textId="77777777" w:rsidTr="002A3CB4">
+      <w:tr w:rsidR="00E00208" w:rsidRPr="00A336D0" w14:paraId="19BC1944" w14:textId="77777777" w:rsidTr="0050218E">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B4E7449" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="58C818BE" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A336D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BCFFFF8" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0F6A1CC6" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="459B92DA" w14:textId="77777777" w:rsidR="00333062" w:rsidRPr="0070532E" w:rsidRDefault="00333062" w:rsidP="002A3CB4">
-[...5238 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="74DE930C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="00A336D0" w:rsidRDefault="00E00208" w:rsidP="0050218E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2610560E" w14:textId="4D6EF68D" w:rsidR="00301843" w:rsidRPr="00333062" w:rsidRDefault="00301843" w:rsidP="00333062">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="57F06F5C" w14:textId="77777777" w:rsidR="00E00208" w:rsidRPr="001B695E" w:rsidRDefault="00E00208" w:rsidP="00E85778">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="428E54C5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00333062" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00333062" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00E00208" w:rsidRPr="001B695E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -18198,171 +8433,171 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2367" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -18530,50 +8765,389 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C145DFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="44560544"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E2B0C9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A48ACCC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25211D35"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71F8D384"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18642,51 +9216,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18755,51 +9329,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18848,384 +9422,508 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EF02D87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BA61640"/>
+    <w:lvl w:ilvl="0" w:tplc="225226E2">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1934702010">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1676492658">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="43145168">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="687369365">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1288927025">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1084914342">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="643464745">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="903830963">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1789082404">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="759524519">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="000176B5"/>
     <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="00026345"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00035D8C"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="0006012D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000742A6"/>
-    <w:rsid w:val="00075BCC"/>
+    <w:rsid w:val="00076FAB"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00093965"/>
-    <w:rsid w:val="0009444B"/>
     <w:rsid w:val="00095551"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E030F"/>
     <w:rsid w:val="000E3669"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F3B01"/>
+    <w:rsid w:val="000F4827"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00101A91"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
+    <w:rsid w:val="00121272"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122186"/>
     <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="0012330F"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="001548A3"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="001704F5"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="0018192E"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0018468B"/>
-    <w:rsid w:val="00185D94"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00192FC1"/>
+    <w:rsid w:val="0019316E"/>
     <w:rsid w:val="00193807"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="0019652C"/>
     <w:rsid w:val="00197CDC"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B2E3A"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C2D63"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D7F32"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001E5697"/>
     <w:rsid w:val="001E6230"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4FD6"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="002175ED"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
-    <w:rsid w:val="00231C7C"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00237421"/>
-    <w:rsid w:val="0024001D"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00273F07"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00286823"/>
+    <w:rsid w:val="00293D55"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B0A58"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C2E27"/>
     <w:rsid w:val="002C3578"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
-    <w:rsid w:val="002C79C9"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D276D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="002F7D2B"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00303339"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00317C64"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="00333062"/>
+    <w:rsid w:val="00334630"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="0033761D"/>
     <w:rsid w:val="00341B1A"/>
-    <w:rsid w:val="00344583"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="00365082"/>
     <w:rsid w:val="0036545B"/>
     <w:rsid w:val="003716A7"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="0039280E"/>
+    <w:rsid w:val="00393B14"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6460"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
-    <w:rsid w:val="003B7A28"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D14AA"/>
     <w:rsid w:val="003D3424"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F27A0"/>
     <w:rsid w:val="003F2B1C"/>
+    <w:rsid w:val="003F3BD4"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
-    <w:rsid w:val="004075BF"/>
     <w:rsid w:val="0040774B"/>
-    <w:rsid w:val="00407918"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="004318F3"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="0047072C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="004841C5"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="00495502"/>
     <w:rsid w:val="004956B0"/>
     <w:rsid w:val="004A1FB0"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004A6E84"/>
+    <w:rsid w:val="004B0F56"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B4FD8"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C5750"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D54A0"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E06AE"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E23B0"/>
     <w:rsid w:val="004E2B1D"/>
-    <w:rsid w:val="004E7FE6"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="004F7C80"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00541ACD"/>
+    <w:rsid w:val="00552BD1"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="0055488E"/>
-    <w:rsid w:val="005554C9"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="0056266B"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
-    <w:rsid w:val="00581C65"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A2B52"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7CC2"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
@@ -19247,446 +9945,471 @@
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00643700"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="00653F36"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="0068045A"/>
     <w:rsid w:val="00687CCD"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="00691097"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7249"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006C069A"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D7E7B"/>
+    <w:rsid w:val="006E0509"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E5B4A"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="0071337A"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00714D0D"/>
     <w:rsid w:val="007160FA"/>
     <w:rsid w:val="00723B6A"/>
     <w:rsid w:val="00726D75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00733CC0"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="0074035C"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00766215"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00773E5B"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00780B98"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00793EB0"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C071B"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F5404"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008167E9"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00823793"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00843451"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00882E58"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891B73"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="00893926"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
-    <w:rsid w:val="008A3539"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B4DA6"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008D1819"/>
+    <w:rsid w:val="008D4A27"/>
+    <w:rsid w:val="008D5236"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E02ED"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00916FA6"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00931120"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00935FD6"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00985830"/>
     <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009973F2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009B5A2B"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
-    <w:rsid w:val="009D0BD8"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7931"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
-    <w:rsid w:val="009E1F3A"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009E591F"/>
     <w:rsid w:val="009F08C7"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F296B"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A128D1"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A16673"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A25F5D"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A340F8"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A36470"/>
     <w:rsid w:val="00A40E8A"/>
-    <w:rsid w:val="00A4364A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A51BF5"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A55F73"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A60980"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00A95C33"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AB6880"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD4623"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AD7FB3"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF02AE"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF534F"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B37599"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B45760"/>
     <w:rsid w:val="00B45953"/>
-    <w:rsid w:val="00B45D9E"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B52906"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B5610D"/>
-    <w:rsid w:val="00B56ECF"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B64940"/>
+    <w:rsid w:val="00B73814"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B91D5D"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
-    <w:rsid w:val="00BA608B"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BB293F"/>
+    <w:rsid w:val="00BC09E1"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC5372"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
-    <w:rsid w:val="00C038BA"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2774B"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C450DB"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C50015"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C826DB"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00C96695"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD37E7"/>
     <w:rsid w:val="00CD4E2F"/>
+    <w:rsid w:val="00CE08C6"/>
+    <w:rsid w:val="00CE5BBA"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06D67"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D1736E"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D553B2"/>
+    <w:rsid w:val="00D5756B"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D91C69"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB1F37"/>
+    <w:rsid w:val="00DB49E9"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DB77BC"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC5E4F"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD62D8"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2076"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF3CA3"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00208"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E01780"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E22977"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E630C5"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E81588"/>
+    <w:rsid w:val="00E85778"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92118"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC1D53"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED135C"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE1FCF"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00EF71D6"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F158BD"/>
+    <w:rsid w:val="00F10886"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24C68"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F56E78"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F716E8"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F83B28"/>
     <w:rsid w:val="00F92738"/>
+    <w:rsid w:val="00F97622"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC3AFB"/>
     <w:rsid w:val="00FC4486"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF2179"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -19858,51 +10581,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -20258,50 +10981,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
     <w:name w:val="user-account__name"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00C96695"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="ab"/>
     <w:locked/>
     <w:rsid w:val="0006012D"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0006012D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F08C7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -20396,50 +11120,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="297033268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="374233736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="435640869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -20689,51 +11426,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2107067525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh25@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20995,67 +11732,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F87B4953-283D-43C9-BC57-235AC4CB689C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>14341</Characters>
+  <Pages>7</Pages>
+  <Words>2424</Words>
+  <Characters>13823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16823</CharactersWithSpaces>
+  <CharactersWithSpaces>16215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>