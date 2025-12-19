--- v0 (2025-12-13)
+++ v1 (2025-12-19)
@@ -1,45426 +1,34707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Пояснительная записка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>к рабочему учебному плану</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...75 lines deleted...]
-        <w:t>ң</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 классов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Түсіндірме жазбасы</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>средней общеобразовательной школы № 27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00780B85" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...5 lines deleted...]
-        <w:t>Жалпы білім беретін мектептің үлгілік оқу жоспары негізгі мемлекеттік нормативтік құжат болып табылады және мемлекеттік стандарттың негізгі бөлігін құрайды.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовой учебный план общеобразовательной школы является основным государственным нормативным документом и составляет основную часть государственного стандарта. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...23 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...30 lines deleted...]
-        <w:t>348</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Рабочие учебные планы начальной школы составлены на основе Государственного общеобязательного стандарта начального образования, утвержденного приказом Министра образования и науки Республики Казахстан  от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00960502">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 августа 2022 № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">23 </w:t>
-[...33 lines deleted...]
-        <w:t>рістермен және толықтырулармен).</w:t>
+        <w:t>348 (с изменениями и дополнениями от 23 сентября 2022 года № 406).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00960502" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При составлении учебного плана в 1-4 классах руководствовались типовым учебным планом начального образования утвержденных приказом Министра образования и науки Республики Казахстан от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">18 </w:t>
+        <w:t xml:space="preserve">8 ноября </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...12 lines deleted...]
-        <w:t>дағы</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00780B85">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>264</w:t>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> енгізілген өзге</w:t>
+        <w:t xml:space="preserve">с внесенными изменениями и дополнениями на 18 августа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>рістермен және толықтырулармен):</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2023 г. № 264):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:t>қыту қазақ тілінде жүргізілетін сыныптарға арналған Бастауыш білім берудің үлгілік оқу жоспары 1-қосымшаға сәйкес.</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>учебный план начального образования для классов с казахским языком обучения согласно приложению 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>учебный план начального образования для классов с русским языком обучения согласно приложению 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>учебный план начального образования для гимназических классов с русским языком обучения согласно приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқыту орыс тілінде жүргізілетін сыныптарға арналған Бастауыш білім берудің үлгілік оқу жоспары 2-қосымшаға сәйкес.</w:t>
+        <w:t>5.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00780B85" w:rsidRDefault="00081440" w:rsidP="00081440">
-[...55 lines deleted...]
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>«2023-2024 оқу жылында Қазақстан Республикасының жалпы білім беретін мектептерінде оқу-тәрбие процесін ұйымдастырудың ерекшеліктері туралы» нұсқаулық-әдістемелік хат.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Типовые правила деятельности организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования утвержденных приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Министра просвещения РК от 31 августа 2023 года  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>№ 385</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00960502" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00B8F">
-[...23 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> жылғы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Инструктивно-методическое письмо «Об особенностях организации             образовательного процесса в общеобразовательных школах РК в 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">31 </w:t>
+        <w:t>3-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...12 lines deleted...]
-        <w:t>дағы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №385</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="en-US"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы организации образования Устав ГУ «Средняя общеобразовательная школа №27 от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Білім беру ұйымының құжаттары "жалпы білім беретін №27 орта мектеп" ММ 29.10.2019 № 1563/3 Жарғысы, Қазақстан Республикасы Білім және ғылым министрінің 2013 жылғы 3 сәуірдегі № 115 бұйрығымен бекітілген Бастауыш білім берудің жалпы білім беретін пәндері бойынша үлгілік оқу бағдарламалары </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жылғы </w:t>
+        <w:t>1563/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>16</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> қыркүйектегі №</w:t>
+        <w:t xml:space="preserve">Приказ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t>399</w:t>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Об утверждении типовых учебных программ по общеобразовательным предметам и курсам по выбору уровней начального, основного среднего и общего среднего образования» от 16 сентября 2022 г. №399.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008C05FD">
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план на 2023-2024 учебный год составлен исходя из задач Программы развития школы на 2020-2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> оқу жылына арналған жұмыс оқу жоспары 2020-2024 оқу жылына арналған Мектепті дамыту бағдарламасының міндеттеріне сүйене отырып жасалған: </w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебные года: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Білім берудің заманауи сапасын қамтамасыз ету және білім беру мазмұнын жаңарту үшін жағдай жасау; </w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Создание условий для обеспечения современного качества образования и обновления содержания образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00081440">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Мектептің педагогикалық ұжымын басқарудың мотивациялық негізін күшейту;</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание условий для качественного внедрения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования   в учебно-воспитательный процесс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00081440">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Мектептің білім беру жүйесін дамыту процестеріне қоғамдық ықпал етуді арттыру үшін жағдай жасау;</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Усиление мотивационной основы управления педагогическим коллективом школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00081440">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Мектептің білім беру жүйесінің тәрбиелік қызметін күшейту;</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Создание условий для повышения общественного влияния на процессы развития образовательной системы школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...720 lines deleted...]
-        <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
-[...250 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="3"/>
-[...96 lines deleted...]
-        <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Усиление воспитательной функции образовательной системы школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...110 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Білім берудің заманауи сапасын қамтамасыз ету және білім беру мазмұнын жаңарту үшін жағдай жасау;</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Осуществление комплексной информатизации образовательного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преемственность с учебным планом начального, среднего и общего среднего звена сохранена. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план рассмотрен и принят решением педагогического совета протоколом №1 от 31 августа 2023 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа функционирует в 2 смены: 1,4 обучаются в 1 смене; во 2 смене 2,3 классы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Основными задачами обучения на каждой ступени является освоение ГОСО и выполнение задач, требований основной нагрузки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Вариативный компонент образования ориентирован на развитие учащегося в соответствии с его интересами и склонностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Максимальный объем недельной учебной нагрузки учащихся, включая все виды классной, внеклассной (факультативные, индивидуальные и кружковые занятия) и учебной работы, не превышают нормы ГОСО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ГУ «Средняя общеобразовательная школа №27 г. Павлодара» наряду с общеобразовательными классами, функционируют классы гимназической направленности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В 3 «А» классе из вариативного ученического компонента 1 час отведен на кружок  «Знатоки русской речи». Соблюдая принцип преемственности, в 3 «Б» продолжается преподавание  гимназического компонента (4 часа), который распределен на курсы: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Занимательная грамматика», «Математика для любознательных», «Логика», «Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іл дамыту сабақтары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по 1 часу. Развивающий компонент отведен на кружок  «Природа родного края».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В 4 «А» классе из вариативного ученического компонента 1 час отведен на кружок «В мире природы». Соблюдая принцип преемственности, в 4 «Б» продолжается преподавание гимназического компонента (4 часа), распределенного на курсы: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Занимательная грамматика», «Вникни, вдумайся, реши», «Логика», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақ тілінің құпиялары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» по 1 часу. Развивающий компонент отведен на кружок  «Краеведение».  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Общий объем учебной нагрузки плана соответствует санитарным правилам «Санитарно-эпидемиологические требования к объектам образования», утвержденные приказом МЗ РК № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-76 от 5 августа 2021 года (зарегистрирован в МЮ РК за №23890 от 6.08. 2021 года) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>И.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>. директора школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Масакбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пояснительная записка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к рабочему учебному плану</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5-9 классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средней общеобразовательной школы № 27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рабочие учебные планы основной средней школы составлены на основе Государственного общеобязательного стандарта основного среднего образования, утвержденного приказом Министра образования и науки Республики Казахстан  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 августа 2022 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>348  (с изменениями и дополнениями от 23 сентября 2022 года № 406).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При составлении учебного плана в 5-9 классах руководствовались типовым учебным планом основного среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утвержденных приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 ноября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с внесенными изменениями и дополнениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 12 августа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2022 г. № 365</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебный план основного среднего образования для классов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским языком </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения согласно приложению 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Оқу-тәрбие үдерісіне көптілді білім беруді сапалы енгізу үшін жағдай жасау;</w:t>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебный план основного среднего образования для классов с русским языком обучения согласно приложению 7.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При составлении учебного плана в гимназических классах руководствовались типовым учебным планом основного среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утвержденных приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 ноября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с внесенными изменениями и дополнениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 30 сентября </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2022 г. № 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иповой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебный план основного среднего образования для гимназических классов с русским языком обучения согласно приложению 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила деятельности организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования утвержденных приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>просвещения РК от 31 августа 2023 года  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>№ 385</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Инструктивно-методическое письмо «Об особенностях организации             образовательного процесса в общеобразовательных школах РК в 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы организации образования Устав ГУ «Средняя общеобразовательная школа №27 от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1563/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Об утверждении типовых учебных программ по общеобразовательным предметам и курсам по выбору уровней начального, основного среднего и общего среднего образования» от 16 сентября 2022 г. №399.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план на 2023-2024 учебный год составлен исходя из задач Программы развития школы на 2020-2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебные года: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектептің педагогикалық ұжымын басқарудың мотивациялық негізін күшейту;</w:t>
+        </w:rPr>
+        <w:t>Создание условий для обеспечения современного качества образования и обновления содержания образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектептің білім беру жүйесін дамыту процестеріне қоғамдық ықпал етуді арттыру үшін жағдай жасау;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание условий для качественного внедрения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования   в учебно-воспитательный процесс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектептің білім беру жүйесінің тәрбиелік қызметін күшейту;</w:t>
+        </w:rPr>
+        <w:t>Усиление мотивационной основы управления педагогическим коллективом школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C05FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Білім беру процесін кешенді ақпараттандыруды жүзеге асыру.</w:t>
+        </w:rPr>
+        <w:t>Создание условий для повышения общественного влияния на процессы развития образовательной системы школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="008C05FD" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1109 lines deleted...]
-      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Білім берудің заманауи сапасын қамтамасыз ету және білім беру мазмұнын жаңарту үшін жағдай жасау;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Усиление воспитательной функции образовательной системы школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Оқу-тәрбие үдерісіне көптілді білім беруді сапалы енгізу үшін жағдай жасау;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществление комплексной информатизации образовательного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преемственность с учебным планом начального, среднего и общего среднего звена сохранена. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рабочий учебный план рассмотрен и принят решением педагогического совета протоколом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>№1 от 31 августа 2023 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа функционирует в 2 смены: 5б,6б,7б,8,9 обучаются в 1 смене; во 2 смене 5,6,7 классы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Основными задачами обучения на каждой ступени является освоение ГОСО и выполнение задач, требований основной нагрузки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариативный компонент образования ориентирован на развитие учащегося в соответствии с его интересами и склонностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Максимальный объем недельной учебной нагрузки учащихся, включая все виды классной, внеклассной (факультативные, индивидуальные и кружковые занятия) и учебной работы, не превышают нормы ГОСО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А также из вариативного компонента выделены часы на следующие направления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ГУ «Средняя общеобразовательная школа № 27 г. Павлодара» наряду с общеобразовательными классами, функционируют класс гимназической направленности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 5 «Б» классе гимназический компонент (4 часа) распределен на курсы: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Исследовательские задачи по математике», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Латын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әліпбиінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «Занимательная история», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Развитие функциональной грамотности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по 1 часу. Развивающий компонент отведен на кружок «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дебат клубы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 6 «Б» классе гимназический компонент (5 часов) распределен на курсы: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Исследовательские задачи по математике», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ тілі әлемінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Speak English</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Развитие функциональной грамотности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Моделирование» по 1 часу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 7 «Б» классе гимназический компонент (4 часа) распределен на курсы: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Математическая грамотность», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рекреационная география</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>История раннего и развитого средневековья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Физика вокруг нас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общий объем учебной нагрузки плана соответствует санитарным правилам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Санитарно-эпидемиологические требования к объектам образования», утвержденные приказом МЗ РК № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-76 от 5 августа 2021 года (зарегистрирован в МЮ РК за №23890 от 6.08. 2021 года). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. директора школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Масакбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:left="3540" w:hanging="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пояснительная записка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>к рабочему учебному плану</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>10 -11 классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>естественно - математического направления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Рабочие учебные планы школы составлены на основе Государственного общеобязательного стандарта общего среднего образования, утвержденного приказом Министра образования и науки Республики Казахстан  от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>3 августа 2022 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">348 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(с изменениями и дополнениями от 23 сентября 2022 года № 406).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При составлении учебного плана в 10 классе руководствовались типовым учебным планом общего среднего образования утвержденных приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 ноября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с внесенными изменениями и дополнениями на </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектептің педагогикалық ұжымын басқарудың мотивациялық негізін күшейту;</w:t>
+        <w:t xml:space="preserve">30 сентября </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2022 г. № 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Типовой учебный план общего среднего образования естественно-математического направления с русским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению 88.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Типовые правила деятельности организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования утвержденных приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>просвещения РК от 31 августа 2023 года  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>№ 385</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы организации образования Устав ГУ «Средняя общеобразовательная школа №27 от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1563/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Об утверждении типовых учебных программ по общеобразовательным предметам и курсам по выбору уровней начального, основного среднего и общего среднего образования» от 16 сентября 2022 г. №399.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план на 2023-2024 учебный год составлен исходя из задач Программы развития школы на 2020-2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебные года: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Мектептің білім беру жүйесін дамыту процестеріне қоғамдық ықпал етуді арттыру үшін жағдай жасау;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Создание условий для обеспечения современного качества образования и обновления содержания образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Мектептің білім беру жүйесінің тәрбиелік қызметін күшейту;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание условий для качественного внедрения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования   в учебно-воспитательный процесс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Білім беру процесін кешенді ақпараттандыруды жүзеге асыру.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Усиление мотивационной основы управления педагогическим коллективом школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-[...5 lines deleted...]
-        <w:t>Бастауыш, орта және жалпы орта буын оқу жоспарымен сабақтастық сақталған.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Создание условий для повышения общественного влияния на процессы развития образовательной системы школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Усиление воспитательной функции образовательной системы школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Осуществление комплексной информатизации образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преемственность с учебным планом начального, среднего и общего среднего звена сохранена. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...22 lines deleted...]
-        <w:t>дағы №1 хаттамасымен қаралып, қабылданды</w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план рассмотрен и принят решением педагогического совета протоколом №1 от 31 августа 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базовый компонент сохранен в соответствии с требованиями стандарта. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Общий объем учебной нагрузки плана соответствует санитарным правилам «Санитарно-эпидемиологические требования к объектам образования», утвержденные приказом МЗ РК № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-76 от 5 августа 2021 года (зарегистрирован в МЮ РК за №23890 от 06.08. 2021 года) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098599F">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="0098599F" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="3"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DB03E3">
+        </w:rPr>
+        <w:t>И.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="3"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DB03E3">
+        </w:rPr>
+        <w:t>. директора школы</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="3"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB03E3">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="3"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB03E3">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="3"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Д.К.Масакбаева</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Масакбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="0049042C" w:rsidRDefault="0049042C"/>
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D"/>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D"/>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D"/>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BC7D7B9" wp14:editId="6CABB65C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2122D179" wp14:editId="4FCADD8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3853815</wp:posOffset>
+                  <wp:posOffset>3742055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-72390</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2844800" cy="778510"/>
-                <wp:effectExtent l="3175" t="0" r="0" b="0"/>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="21" name="Поле 21"/>
+                <wp:docPr id="10" name="Поле 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2844800" cy="778510"/>
+                          <a:ext cx="2956560" cy="817245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
-                              <w:jc w:val="right"/>
-[...20 lines deleted...]
-                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>№27 ЖОМ м.а. директоры</w:t>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>_____________</w:t>
+                              <w:t>И.о. директора СОШ №27</w:t>
                             </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA18F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Д.К.Масакбаева</w:t>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Поле 21" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:303.45pt;margin-top:-5.7pt;width:224pt;height:61.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2i+XWkwIAABEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z32Rs4mtdVZ7aapK&#10;24u07QcQwDEqBgok9rbqt/Qr+lSp35BP6oCT3WwvUlXVDxiY4TAz5wxn50Mn0ZZbJ7SqcXaSYsQV&#10;1UyodY3fvV1O5hg5TxQjUite4zvu8Pni6ZOz3lQ8162WjFsEIMpVvalx672pksTRlnfEnWjDFRgb&#10;bTviYWnXCbOkB/ROJnmania9tsxYTblzsHs9GvEi4jcNp/510zjukawxxObjaOO4CmOyOCPV2hLT&#10;CroPg/xDFB0RCi69h7omnqCNFb9AdYJa7XTjT6juEt00gvKYA2STpT9lc9sSw2MuUBxn7svk/h8s&#10;fbV9Y5FgNc4zjBTpgKPdl9333bfdVwRbUJ/euArcbg04+uFSD8BzzNWZG03fO6T0VUvUml9Yq/uW&#10;EwbxxZPJ0dERxwWQVf9SM7iHbLyOQENju1A8KAcCdODp7p4bPnhEYTOfF8U8BRMF22w2n2aRvIRU&#10;h9PGOv+c6w6FSY0tcB/RyfbGecgDXA8u4TKnpWBLIWVc2PXqSlq0JaCTZfxC6nDkkZtUwVnpcGw0&#10;jzsQJNwRbCHcyPunMsuL9DIvJ8vT+WxSLIvppJyl80malZflaVqUxfXycwgwK6pWMMbVjVD8oMGs&#10;+DuO990wqieqEPU1Lqf5dKToj0mm8ftdkp3w0JJSdDWGgsM3Nkkg9plikDapPBFynCePw48lgxoc&#10;/rEqUQaB+VEDflgNgBK0sdLsDgRhNfAF1MI7ApNW248Y9dCTNXYfNsRyjOQLBaIqs6IITRwXxXSW&#10;w8IeW1bHFqIoQNXYYzROr/zY+BtjxbqFm0YZK30BQmxE1MhDVJBCWEDfxWT2b0Ro7ON19Hp4yRY/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAJqawrN8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU7D&#10;MBBG90jcwRokNqh1XKUpDXEqQAKxbekBJvE0iYjHUew26e1xV7Cbn6dv3hS72fbiQqPvHGtQywQE&#10;ce1Mx42G4/fH4hmED8gGe8ek4UoeduX9XYG5cRPv6XIIjYgh7HPU0IYw5FL6uiWLfukG4rg7udFi&#10;iO3YSDPiFMNtL1dJkkmLHccLLQ703lL9czhbDaev6Wm9narPcNzs0+wNu03lrlo/PsyvLyACzeEP&#10;hpt+VIcyOlXuzMaLXkOWZNuIalgolYK4Eck6jaMqVkqtQJaF/P9E+QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA2i+XWkwIAABEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAmprCs3wAAAAwBAAAPAAAAAAAAAAAAAAAAAO0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
+              <v:shape id="Поле 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcM6YrjgIAABEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3koaZto0tE8KEIa&#10;HtLAAlzHaSwc29hukwGxFlbBFxJr6JK4dtpOh4eEEPlwfH2vz32d6/OLoRNoy4zlSlY4OYsxYpKq&#10;mst1hd+9XU7mGFlHZE2EkqzC98zii8XTJ+e9LlmqWiVqZhCASFv2usKtc7qMIktb1hF7pjSToGyU&#10;6YgD0ayj2pAe0DsRpXE8jXplam0UZdbC6c2oxIuA3zSMutdNY5lDosIQmwurCevKr9HinJRrQ3TL&#10;6T4M8g9RdIRLcHqEuiGOoI3hv0B1nBplVePOqOoi1TScspADZJPEP2Vz1xLNQi5QHKuPZbL/D5a+&#10;2r4xiNfQOyiPJB30aPdl9333bfcVwRHUp9e2BLM7DYZuuFID2IZcrb5V9L1FUl23RK7ZpTGqbxmp&#10;Ib7E34xOro441oOs+peqBj9k41QAGhrT+eJBORCgQyD3x96wwSEKh2mRT/MpqCjo5skszfLggpSH&#10;29pY95ypDvlNhQ30PqCT7a11PhpSHky8M6sEr5dciCCY9epaGLQlwJNl+Pboj8yE9MZS+Wsj4ngC&#10;QYIPr/Phhr5/KpI0i6/SYrKczmeTbJnlk2IWzydxUlwV0zgrspvlZx9gkpUtr2smb7lkBw4m2d/1&#10;eD8NI3sCC1Ff4SJP87FFf0wyDt/vkuy4g5EUvIM6H41I6Rv7TNaQNikd4WLcR4/DD1WGGhz+oSqB&#10;Br7zIwfcsBoAxXNjpep7IIRR0C9oLbwjsGmV+YhRDzNZYfthQwzDSLyQQKoiyTIwc0HI8lkKgjnV&#10;rE41RFKAqrDDaNxeu3HwN9rwdQueRhpLdQlEbHjgyENUe/rC3IVk9m+EH+xTOVg9vGSLHwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAMhu+T&#10;9g6RK+0ytYEVSmGEapu0add2fQADLqASB5G00Ldfetputvzp9/fnu1n34kqj7QwrCFcBCOLK1B03&#10;Co4/n8stCOuQa+wNk4IbWdgVjw85ZrWZeE/Xg2uED2GboYLWuSGT0lYtabQrMxD728mMGp1fx0bW&#10;I04+XPfyJQg2UmPH/kOLA320VJ0PF63g9D09x+lUfrljso8279glpbkp9bSY315BOJrdHwx3fa8O&#10;hXcqzYVrK3oF8TZde1TBMgwjEHciiKMUROmnMFmDLHL5v0TxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANwzpiuOAgAAEQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAAAAAAAAAAAAAAAA6AQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
-                        <w:jc w:val="right"/>
-[...20 lines deleted...]
-                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>№27 ЖОМ м.а. директоры</w:t>
+                        <w:t>УТВЕРЖДАЮ</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>_____________</w:t>
+                        <w:t>И.о. директора СОШ №27</w:t>
                       </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA18F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>Д.К.Масакбаева</w:t>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0021148C">
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>А</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>РАСТЫРЫЛ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0021148C">
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ДЫ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0021148C">
+        <w:t>Протокол №</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогикалық кенес</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>пен</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0021148C">
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0021148C">
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ж.</w:t>
+        <w:t>.202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 31.08 №1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0021148C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> хаттамасы</w:t>
+        <w:t xml:space="preserve"> года </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D92E06" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2 к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D92E06" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D92E06" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D92E06" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92E06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...209 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="4"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00392730">
+      <w:r w:rsidRPr="00272029">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Оқыту орыс тілінде жүргізілетін </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовой учебный план </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00392730" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="4"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00392730">
+      <w:r w:rsidRPr="00272029">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">сыныптарға арналған бастауыш білім берудің </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начального образования для классов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00392730">
+        <w:pStyle w:val="4"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>үлгілік оқу жоспары</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272029">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10280" w:type="dxa"/>
+        <w:tblW w:w="10631" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="4397"/>
+        <w:gridCol w:w="703"/>
+        <w:gridCol w:w="4114"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="1382"/>
         <w:gridCol w:w="1417"/>
-        <w:gridCol w:w="1274"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00295298" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00295298" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...5 lines deleted...]
-                <w:i/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD01A3">
-[...3 lines deleted...]
-                <w:i/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:i/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-            <w:tcW w:w="4397" w:type="dxa"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00295298" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...5 lines deleted...]
-                <w:i/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5814" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00295298" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...5 lines deleted...]
-                <w:i/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="703" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00295298" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...12 lines deleted...]
-            <w:tcW w:w="4397" w:type="dxa"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00295298" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...14 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«А</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,В,Г»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,Г</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Б</w:t>
+              <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...8 lines deleted...]
-              <w:t>В</w:t>
+              <w:t>,В</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,Г</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A66A4A" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:ind w:right="-108" w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«Б</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A66A4A">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10280" w:type="dxa"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">  компонент</w:t>
+            <w:tcW w:w="10631" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Инвариантный  компонент </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Букварь, Обучение грамоте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литературное чтение  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> информатика</w:t>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Цифровая грамотность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...22 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...10 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...46 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...42 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Музыка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD01A3">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...68 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD01A3">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Трудовое обучение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> баулу</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Изобразительное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD01A3">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...74 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD01A3">
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...68 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4964" w:type="dxa"/>
+            <w:tcW w:w="4817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...72 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10280" w:type="dxa"/>
-[...33 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="10631" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ті</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">  компонент</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2. Вариативный  компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4964" w:type="dxa"/>
+            <w:tcW w:w="4817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Индивидуальные и групповые занятия развивающего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003D7F03" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003B27BC" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003B27BC" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...34 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4964" w:type="dxa"/>
+            <w:tcW w:w="4817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00002F53" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092056A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Вникни, вдумайся, реши</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Түсін</w:t>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="008A3C29" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3C29">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003B27BC" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...12 lines deleted...]
-            <w:tcW w:w="1274" w:type="dxa"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00BD2A33" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...45 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4964" w:type="dxa"/>
+            <w:tcW w:w="4817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003D7F03" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...77 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
-[...37 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4964" w:type="dxa"/>
+            <w:tcW w:w="4817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="003D7F03" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Максимальная учебная нагрузка:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...63 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="009C717C" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C717C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00081440" w:rsidRPr="006A03B4" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C717C">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD01A3">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3853815</wp:posOffset>
+                  <wp:posOffset>3742055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-72390</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2844800" cy="778510"/>
-                <wp:effectExtent l="3175" t="1905" r="0" b="635"/>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="20" name="Поле 20"/>
+                <wp:docPr id="9" name="Поле 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2844800" cy="778510"/>
+                          <a:ext cx="2956560" cy="817245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
-                              <w:jc w:val="right"/>
-[...20 lines deleted...]
-                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>№27 ЖОМ м.а. директоры</w:t>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>_____________Г.Ж.</w:t>
+                              <w:t>И.о. директора СОШ №27</w:t>
                             </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA18F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t>Масакбаева</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Бергузинова</w:t>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Поле 20" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:303.45pt;margin-top:-5.7pt;width:224pt;height:61.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1Yb/tkgIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NRum2iTVd7oQhp&#10;uUgLH+DaTmPh2MZ2myyIb+EreELiG/pJjJ12tywgIUQeHNszPj4zc8Zn50Mn0ZZbJ7SqcXaSYsQV&#10;1UyodY3fvV1O5hg5TxQjUite4zvu8Pni6ZOz3lQ8162WjFsEIMpVvalx672pksTRlnfEnWjDFRgb&#10;bTviYWnXCbOkB/ROJnmania9tsxYTblzsHs9GvEi4jcNp/510zjukawxcPNxtHFchTFZnJFqbYlp&#10;Bd3TIP/AoiNCwaX3UNfEE7Sx4heoTlCrnW78CdVdoptGUB5jgGiy9FE0ty0xPMYCyXHmPk3u/8HS&#10;V9s3FglW4xzSo0gHNdp92X3ffdt9RbAF+emNq8Dt1oCjHy71AHWOsTpzo+l7h5S+aola8wtrdd9y&#10;woBfFk4mR0dHHBdAVv1LzeAesvE6Ag2N7ULyIB0I0IHI3X1t+OARhc18XhTzFEwUbLPZfJpFcgmp&#10;DqeNdf451x0KkxpbqH1EJ9sb5wMbUh1cwmVOS8GWQsq4sOvVlbRoS0Any/jFAB65SRWclQ7HRsRx&#10;B0jCHcEW6Ma6fyqzvEgv83KyPJ3PJsWymE7KWTqfpFl5WZ6mRVlcLz8HgllRtYIxrm6E4gcNZsXf&#10;1XjfDaN6ogpRX+Nymk/HEv0xyDR+vwuyEx5aUoquxpBw+IITqUJhnykW554IOc6Tn+nHLEMODv+Y&#10;lSiDUPlRA35YDVFxUSNBIivN7kAXVkPZoMLwnMCk1fYjRj20Zo3dhw2xHCP5QoG2yqwowM3HRTGd&#10;BeXaY8vq2EIUBagae4zG6ZUf+39jrFi3cNOoZqUvQI+NiFJ5YLVXMbRfjGn/VIT+Pl5Hr4cHbfED&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmprCs3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NTsMw&#10;EEb3SNzBGiQ2qHVcpSkNcSpAArFt6QEm8TSJiMdR7Dbp7XFXsJufp2/eFLvZ9uJCo+8ca1DLBARx&#10;7UzHjYbj98fiGYQPyAZ7x6ThSh525f1dgblxE+/pcgiNiCHsc9TQhjDkUvq6JYt+6QbiuDu50WKI&#10;7dhIM+IUw20vV0mSSYsdxwstDvTeUv1zOFsNp6/pab2dqs9w3OzT7A27TeWuWj8+zK8vIALN4Q+G&#10;m35UhzI6Ve7MxoteQ5Zk24hqWCiVgrgRyTqNoypWSq1AloX8/0T5CwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPVhv+2SAgAAGAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACamsKzfAAAADAEAAA8AAAAAAAAAAAAAAAAA7AQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" stroked="f">
+              <v:shape id="Поле 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh6IIRkAIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NR0jbRpqu9UIS0&#10;XKSFD3Adp7FwbGO7TRbEt/AVPCHxDf0kxk7b7XKRECIPju0ZH8/MOePzi6ETaMuM5UpWODmLMWKS&#10;qprLdYXfvV1O5hhZR2RNhJKswvfM4ovF0yfnvS5ZqlolamYQgEhb9rrCrXO6jCJLW9YRe6Y0k2Bs&#10;lOmIg6VZR7UhPaB3IkrjeBr1ytTaKMqshd2b0YgXAb9pGHWvm8Yyh0SFITYXRhPGlR+jxTkp14bo&#10;ltN9GOQfougIl3DpEeqGOII2hv8C1XFqlFWNO6Oqi1TTcMpCDpBNEv+UzV1LNAu5QHGsPpbJ/j9Y&#10;+mr7xiBeV7jASJIOKNp92X3ffdt9RYWvTq9tCU53GtzccKUGYDlkavWtou8tkuq6JXLNLo1RfctI&#10;DdEl/mR0cnTEsR5k1b9UNVxDNk4FoKExnS8dFAMBOrB0f2SGDQ5R2EyLfJpPwUTBNk9maZaHK0h5&#10;OK2Ndc+Z6pCfVNgA8wGdbG+t89GQ8uDiL7NK8HrJhQgLs15dC4O2BFSyDN8e/ZGbkN5ZKn9sRBx3&#10;IEi4w9t8uIH1T0WSZvFVWkyW0/lski2zfFLM4vkkToqrYhpnRXaz/OwDTLKy5XXN5C2X7KDAJPs7&#10;hve9MGonaBD1wGSe5iNFf0wyDt/vkuy4g4YUvIM6H51I6Yl9JmtIm5SOcDHOo8fhhypDDQ7/UJUg&#10;A8/8qAE3rIagt6ARL5GVqu9BF0YBbcAwPCYwaZX5iFEPjVlh+2FDDMNIvJCgrSLJMt/JYZHlsxQW&#10;5tSyOrUQSQGqwg6jcXrtxu7faMPXLdw0qlmqS9Bjw4NUHqLaqxiaL+S0fyh8d5+ug9fDc7b4AQAA&#10;//8DAFBLAwQUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMAyG&#10;75P2DpEr7TK1gRVKYYRqm7Rp13Z9AAMuoBIHkbTQt1962m62/On39+e7WffiSqPtDCsIVwEI4srU&#10;HTcKjj+fyy0I65Br7A2TghtZ2BWPDzlmtZl4T9eDa4QPYZuhgta5IZPSVi1ptCszEPvbyYwanV/H&#10;RtYjTj5c9/IlCDZSY8f+Q4sDfbRUnQ8XreD0PT3H6VR+uWOyjzbv2CWluSn1tJjfXkE4mt0fDHd9&#10;rw6FdyrNhWsregXxNl17VMEyDCMQdyKIoxRE6acwWYMscvm/RPELAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAIeiCEZACAAAWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
-                        <w:jc w:val="right"/>
-[...20 lines deleted...]
-                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>№27 ЖОМ м.а. директоры</w:t>
+                        <w:t>УТВЕРЖДАЮ</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>_____________Г.Ж.</w:t>
+                        <w:t>И.о. директора СОШ №27</w:t>
                       </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA18F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t>Масакбаева</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>Бергузинова</w:t>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №3 от 14.10.2022 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>начального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для гимназических классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B678D">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ МОН РК от 30.09.2022 года №412, приложение 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9884" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5350"/>
+        <w:gridCol w:w="3685"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="671"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Букварь, Обучение грамоте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литературное чтение  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казахский язык </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цифровая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Занятия по выбору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Занимательная грамматика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>любознательных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Логика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іл дамыту сабақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B678D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="000B678D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301BF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:color w:val="FF0000"/>
-        </w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3853815</wp:posOffset>
+                  <wp:posOffset>3742055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-72390</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2844800" cy="778510"/>
-                <wp:effectExtent l="3175" t="1905" r="0" b="635"/>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="19" name="Поле 19"/>
+                <wp:docPr id="8" name="Поле 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2844800" cy="778510"/>
+                          <a:ext cx="2956560" cy="817245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE6DF6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>УТВЕРЖДАЮ</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE6DF6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CE6DF6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00CE6DF6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00CE6DF6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
-                                <w:b/>
-[...2 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0021148C">
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASYyU7kAIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3koaZto0tE8KEIa&#10;HtLAAlzbaSwcO9hukwGxFlbBFxJr6JK4dtpOh4eEEPlI7Nzrcx/nXJ9fDK1EW26s0KrCyVmMEVdU&#10;M6HWFX73djmZY2QdUYxIrXiF77nFF4unT877ruSpbrRk3CAAUbbsuwo3znVlFFna8JbYM91xBcZa&#10;m5Y42Jp1xAzpAb2VURrH06jXhnVGU24t/L0ZjXgR8OuaU/e6ri13SFYYcnPhbcJ75d/R4pyUa0O6&#10;RtB9GuQfsmiJUBD0CHVDHEEbI36BagU12uranVHdRrquBeWhBqgmiX+q5q4hHQ+1QHNsd2yT/X+w&#10;9NX2jUGCVRiIUqQFinZfdt9333Zf0dx3p+9sCU53Hbi54UoPwHKo1Ha3mr63SOnrhqg1vzRG9w0n&#10;DLJL/Mno5OiIYz3Iqn+pGYQhG6cD0FCb1rcOmoEAHVi6PzLDB4co/EyLfJpPwUTBNk9maZaHEKQ8&#10;nO6Mdc+5bpFfVNgA8wGdbG+t89mQ8uDig1ktBVsKKcPGrFfX0qAtAZUsw7NHf+QmlXdW2h8bEcc/&#10;kCTE8DafbmD9U5GkWXyVFpPldD6bZMssnxSzeD6Jk+KqmMZZkd0sP/sEk6xsBGNc3QrFDwpMsr9j&#10;eD8Lo3aCBlFf4SJP85GiPxYZh+d3RbbCwUBK0UKfj06k9MQ+UwzKJqUjQo7r6HH6ocvQg8M3dCXI&#10;wDM/asANqyHoLfXRvURWmt2DLowG2oBhuExg0WjzEaMeBrPC9sOGGI6RfKFAW0WSZX6SwybLZyls&#10;zKlldWohigJUhR1G4/LajdO/6YxYNxBpVLPSl6DHWgSpPGS1VzEMX6hpf1H46T7dB6+H62zxAwAA&#10;//8DAFBLAwQUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMAyG&#10;75P2DpEr7TK1gRVKYYRqm7Rp13Z9AAMuoBIHkbTQt1962m62/On39+e7WffiSqPtDCsIVwEI4srU&#10;HTcKjj+fyy0I65Br7A2TghtZ2BWPDzlmtZl4T9eDa4QPYZuhgta5IZPSVi1ptCszEPvbyYwanV/H&#10;RtYjTj5c9/IlCDZSY8f+Q4sDfbRUnQ8XreD0PT3H6VR+uWOyjzbv2CWluSn1tJjfXkE4mt0fDHd9&#10;rw6FdyrNhWsregXxNl17VMEyDCMQdyKIoxRE6acwWYMscvm/RPELAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAEmMlO5ACAAAWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE6DF6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE6DF6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CE6DF6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00CE6DF6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00CE6DF6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Протокол №1 от 31.08.2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 15 к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовой учебный план </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>начального образования для гимназических классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6DF6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9884" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5350"/>
+        <w:gridCol w:w="3685"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3  «А»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Букварь, Обучение грамоте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литературное чтение  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Цифровая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Занятия по выбору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Занимательная грамматика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>любознательных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Логика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English for children</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Вариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00CE6DF6" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE6DF6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="281B219A" wp14:editId="33E4CFD0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3742055</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-72390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Поле 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="817245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:caps/>
-[...1 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Бекітемін</w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="27"/>
+                                <w:szCs w:val="27"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 7" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaVcJ0kgIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3mQtE006YiZoQhp&#10;eEgDC3Btp7FIbGO7TQbEWlgFX0isoUvi2mk7HR4SQuQjsXOvz32cc31+MXQt2nJjhZIVTs5ijLik&#10;igm5rvC7t8vJHCPriGSkVZJX+I5bfLF4/Oi81yVPVaNaxg0CEGnLXle4cU6XUWRpwztiz5TmEoy1&#10;Mh1xsDXriBnSA3rXRmkcT6NeGaaNotxa+Hs9GvEi4Nc1p+51XVvuUFthyM2FtwnvlX9Hi3NSrg3R&#10;jaD7NMg/ZNERISHoEeqaOII2RvwC1QlqlFW1O6Oqi1RdC8pDDVBNEv9UzW1DNA+1QHOsPrbJ/j9Y&#10;+mr7xiDBKjzDSJIOKNp92X3ffdt9RTPfnV7bEpxuNbi54VINwHKo1OobRd9bJNVVQ+SaPzVG9Q0n&#10;DLJL/Mno5OiIYz3Iqn+pGIQhG6cC0FCbzrcOmoEAHVi6OzLDB4co/EyLfJpPwUTBNk9maZaHEKQ8&#10;nNbGuudcdcgvKmyA+YBOtjfW+WxIeXDxwaxqBVuKtg0bs15dtQZtCahkGZ49+gO3VnpnqfyxEXH8&#10;A0lCDG/z6QbWPxVJmsWXaTFZTuezSbbM8kkxi+eTOCkui2mcFdn18rNPMMnKRjDG5Y2Q/KDAJPs7&#10;hvezMGonaBD1FS7yNB8p+mORcXh+V2QnHAxkKzro89GJlJ7YZ5JB2aR0RLTjOnqYfugy9ODwDV0J&#10;MvDMjxpww2oIenvio3uJrBS7A10YBbQBw3CZwKJR5iNGPQxmhe2HDTEco/aFBG0VSZb5SQ6bLJ+l&#10;sDGnltWphUgKUBV2GI3LKzdO/0YbsW4g0qhmqZ6CHmsRpHKf1V7FMHyhpv1F4af7dB+87q+zxQ8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAyXYeg4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BboMw&#10;DIbvk/YOkSvtMrWBFUphhGqbtGnXdn0AAy6gEgeRtNC3X3rabrb86ff357tZ9+JKo+0MKwhXAQji&#10;ytQdNwqOP5/LLQjrkGvsDZOCG1nYFY8POWa1mXhP14NrhA9hm6GC1rkhk9JWLWm0KzMQ+9vJjBqd&#10;X8dG1iNOPlz38iUINlJjx/5DiwN9tFSdDxet4PQ9PcfpVH65Y7KPNu/YJaW5KfW0mN9eQTia3R8M&#10;d32vDoV3Ks2Fayt6BfE2XXtUwTIMIxB3IoijFETppzBZgyxy+b9E8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBaVcJ0kgIAABYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAyXYeg4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="27"/>
+                          <w:szCs w:val="27"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №1 от 31.09.2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 15 к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>начального образования для гимназических классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9884" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5350"/>
+        <w:gridCol w:w="3685"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Букварь, Обучение грамоте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литературное чтение  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Цифровая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9884" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Занятия по выбору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Занимательная грамматика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Вникни, вдумайся, реши</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Логика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Основы робототехники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Вариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00BF5933" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5933">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5933">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3742055</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-72390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Поле 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="817245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A6749B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>УТВЕРЖДАЮ</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A6749B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A6749B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00A6749B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00A6749B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBr6FJbkQIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3koSZto0tFMSxHS&#10;8JAGFuDGTmOR2MZ2mwyItbAKvpBYQ5fEtdN2OjwkhMhHYuden/s45/ryauhatGPacClKHF2EGDFR&#10;ScrFpsTv3q4mM4yMJYKSVgpW4ntm8NX86ZPLXhUslo1sKdMIQIQpelXixlpVBIGpGtYRcyEVE2Cs&#10;pe6Iha3eBFSTHtC7NojDMAt6qanSsmLGwN/laMRzj1/XrLKv69owi9oSQ27Wv7V/r907mF+SYqOJ&#10;anh1SIP8QxYd4QKCnqCWxBK01fwXqI5XWhpZ24tKdoGsa14xXwNUE4U/VXPXEMV8LdAco05tMv8P&#10;tnq1e6MRpyXOMBKkA4r2X/bf99/2X1HmutMrU4DTnQI3O9zIAVj2lRp1K6v3Bgm5aIjYsGutZd8w&#10;QiG7yJ0Mzo6OOMaBrPuXkkIYsrXSAw217lzroBkI0IGl+xMzbLCogp9xnmZpBqYKbLNoGiepD0GK&#10;42mljX3OZIfcosQamPfoZHdrrMuGFEcXF8zIltMVb1u/0Zv1otVoR0AlK/8c0B+5tcI5C+mOjYjj&#10;H0gSYjibS9ez/imP4iS8ifPJKptNJ8kqSSf5NJxNwii/ybMwyZPl6rNLMEqKhlPKxC0X7KjAKPk7&#10;hg+zMGrHaxD1Jc7TOB0p+mORoX9+V2THLQxkyzvo88mJFI7YZ4JC2aSwhLfjOnicvu8y9OD49V3x&#10;MnDMjxqww3rwektcdCeRtaT3oAstgTZgGC4TWDRSf8Soh8EssfmwJZph1L4QoK08ShI3yX6TpNMY&#10;Nvrcsj63EFEBVIktRuNyYcfp3yrNNw1EGtUs5DXoseZeKg9ZHVQMw+drOlwUbrrP997r4Tqb/wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAM&#10;hu+T9g6RK+0ytYEVSmGEapu0add2fQADLqASB5G00Ldfetputvzp9/fnu1n34kqj7QwrCFcBCOLK&#10;1B03Co4/n8stCOuQa+wNk4IbWdgVjw85ZrWZeE/Xg2uED2GboYLWuSGT0lYtabQrMxD728mMGp1f&#10;x0bWI04+XPfyJQg2UmPH/kOLA320VJ0PF63g9D09x+lUfrljso8279glpbkp9bSY315BOJrdHwx3&#10;fa8OhXcqzYVrK3oF8TZde1TBMgwjEHciiKMUROmnMFmDLHL5v0TxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGvoUluRAgAAFgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A6749B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A6749B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A6749B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00A6749B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00A6749B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №1 от 31.09.2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 7 к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z108"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>для классов с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10310" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1276"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6381" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-109" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,Г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-109" w:hanging="107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>«А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,Г»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>«А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>«А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,В»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>«А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>,Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10310" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Химия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3929" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10310" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3929" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Глобальные компетенции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Глобальные компетенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3929" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:pStyle w:val="5"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Вариативная  учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3929" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>Максимальный объем учебной нагрузки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>29,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>29,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>32,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>33,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6749B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3742055</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-72390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Поле 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="817245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>УТВЕРЖДАЮ</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 5" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8Q40hkAIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NR0jbRpqu9UIS0&#10;XKSFD3Btp7Fw7GC7TRbEt/AVPCHxDf0kxk7bLQtICJEHx/aMj2fmnPH5xdBKtOXGCq0qnJzFGHFF&#10;NRNqXeF3b5eTOUbWEcWI1IpX+J5bfLF4+uS870qe6kZLxg0CEGXLvqtw41xXRpGlDW+JPdMdV2Cs&#10;tWmJg6VZR8yQHtBbGaVxPI16bVhnNOXWwu7NaMSLgF/XnLrXdW25Q7LCEJsLownjyo/R4pyUa0O6&#10;RtB9GOQfomiJUHDpEeqGOII2RvwC1QpqtNW1O6O6jXRdC8pDDpBNEj/K5q4hHQ+5QHFsdyyT/X+w&#10;9NX2jUGCVTjHSJEWKNp92X3ffdt9RbmvTt/ZEpzuOnBzw5UegOWQqe1uNX1vkdLXDVFrfmmM7htO&#10;GESX+JPRydERx3qQVf9SM7iGbJwOQENtWl86KAYCdGDp/sgMHxyisJkW+TSfgomCbZ7M0iwEF5Hy&#10;cLoz1j3nukV+UmEDzAd0sr21zkdDyoOLv8xqKdhSSBkWZr26lgZtCahkGb6QwCM3qbyz0v7YiDju&#10;QJBwh7f5cAPrn4okzeKrtJgsp/PZJFtm+aSYxfNJnBRXxTTOiuxm+dkHmGRlIxjj6lYoflBgkv0d&#10;w/teGLUTNIj6Chd5mo8U/THJOHy/S7IVDhpSihbqfHQipSf2mWKQNikdEXKcRz+HH6oMNTj8Q1WC&#10;DDzzowbcsBr2egMwL5GVZvegC6OBNmAYHhOYNNp8xKiHxqyw/bAhhmMkXyjQVpFkme/ksMjyWQoL&#10;c2pZnVqIogBVYYfROL12Y/dvOiPWDdw0qlnpS9BjLYJUHqLaqxiaL+S0fyh8d5+ug9fDc7b4AQAA&#10;//8DAFBLAwQUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMAyG&#10;75P2DpEr7TK1gRVKYYRqm7Rp13Z9AAMuoBIHkbTQt1962m62/On39+e7WffiSqPtDCsIVwEI4srU&#10;HTcKjj+fyy0I65Br7A2TghtZ2BWPDzlmtZl4T9eDa4QPYZuhgta5IZPSVi1ptCszEPvbyYwanV/H&#10;RtYjTj5c9/IlCDZSY8f+Q4sDfbRUnQ8XreD0PT3H6VR+uWOyjzbv2CWluSn1tJjfXkE4mt0fDHd9&#10;rw6FdyrNhWsregXxNl17VMEyDCMQdyKIoxRE6acwWYMscvm/RPELAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAPEONIZACAAAWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAMl2HoOAAAAAMAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №1 от 31.09.2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>для гимназических/лицейских классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9885" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5634"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Глобальные компетенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Исследовательские задачи по математике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Латын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>әліпбиінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Занимательная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приемы формирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> функциональной грамотности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на уроках русского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005266D9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4754E16D" wp14:editId="1E58DFDA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3742055</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-72390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Поле 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="817245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>№27 ЖОМ м.а. директоры</w:t>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>_____________</w:t>
+                              <w:t>И.о. директора СОШ №27</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00295298">
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA18F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Д.К.Масакбаева</w:t>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Поле 19" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:303.45pt;margin-top:-5.7pt;width:224pt;height:61.3pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEyuHgkwIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NRum2iTVd7oQhp&#10;uUgLH+DaTmPh2MZ2myyIb+EreELiG/pJjJ12tywgIUQeHNszPp6Zc8Zn50Mn0ZZbJ7SqcXaSYsQV&#10;1UyodY3fvV1O5hg5TxQjUite4zvu8Pni6ZOz3lQ8162WjFsEIMpVvalx672pksTRlnfEnWjDFRgb&#10;bTviYWnXCbOkB/ROJnmania9tsxYTblzsHs9GvEi4jcNp/510zjukawxxObjaOO4CmOyOCPV2hLT&#10;CroPg/xDFB0RCi69h7omnqCNFb9AdYJa7XTjT6juEt00gvKYA2STpY+yuW2J4TEXKI4z92Vy/w+W&#10;vtq+sUgw4K7ESJEOONp92X3ffdt9RbAF9emNq8Dt1oCjHy71AL4xV2duNH3vkNJXLVFrfmGt7ltO&#10;GMSXhZPJ0dERxwWQVf9SM7iHbLyOQENju1A8KAcCdODp7p4bPnhEYTOfF8U8BRMF22w2n2aRvIRU&#10;h9PGOv+c6w6FSY0tcB/RyfbG+RANqQ4u4TKnpWBLIWVc2PXqSlq0JaCTZfxiAo/cpArOSodjI+K4&#10;A0HCHcEWwo28fyqzvEgv83KyPJ3PJsWymE7KWTqfpFl5WZ6mRVlcLz+HALOiagVjXN0IxQ8azIq/&#10;43jfDaN6ogpRX+Nymk9Hiv6YZBq/3yXZCQ8tKUVXYyg4fMGJVIHYZ4rFuSdCjvPk5/BjlaEGh3+s&#10;SpRBYH7UgB9WQ1RcHoCDRFaa3YEurAbagGF4TmDSavsRox5as8buw4ZYjpF8oUBbZVYUoZfjopjO&#10;cljYY8vq2EIUBagae4zG6ZUf+39jrFi3cNOoZqUvQI+NiFJ5iGqvYmi/mNP+qQj9fbyOXg8P2uIH&#10;AAAA//8DAFBLAwQUAAYACAAAACEAJqawrN8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU7D&#10;MBBG90jcwRokNqh1XKUpDXEqQAKxbekBJvE0iYjHUew26e1xV7Cbn6dv3hS72fbiQqPvHGtQywQE&#10;ce1Mx42G4/fH4hmED8gGe8ek4UoeduX9XYG5cRPv6XIIjYgh7HPU0IYw5FL6uiWLfukG4rg7udFi&#10;iO3YSDPiFMNtL1dJkkmLHccLLQ703lL9czhbDaev6Wm9narPcNzs0+wNu03lrlo/PsyvLyACzeEP&#10;hpt+VIcyOlXuzMaLXkOWZNuIalgolYK4Eck6jaMqVkqtQJaF/P9E+QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBEyuHgkwIAABgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAmprCs3wAAAAwBAAAPAAAAAAAAAAAAAAAAAO0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
+              <v:shape id="Поле 4" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-5.7pt;width:232.8pt;height:64.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPyCoLkQIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3nIaZto0tE8KEIa&#10;HtLAAlzbaSwSO9hukwGxFlbBFxJr6JK4dtpOh4eEEPlI7Nzrcx/nXJ9fDG2DtsJYqVWJk7MYI6GY&#10;5lKtS/zu7XIyx8g6qjhttBIlvhcWXyyePjnvu0KkutYNFwYBiLJF35W4dq4rosiyWrTUnulOKDBW&#10;2rTUwdasI25oD+htE6VxPI16bXhnNBPWwt+b0YgXAb+qBHOvq8oKh5oSQ24uvE14r/w7WpzTYm1o&#10;V0u2T4P+QxYtlQqCHqFuqKNoY+QvUK1kRltduTOm20hXlWQi1ADVJPFP1dzVtBOhFmiO7Y5tsv8P&#10;lr3avjFI8hITjBRtgaLdl9333bfdV0R8d/rOFuB014GbG670ACyHSm13q9l7i5S+rqlai0tjdF8L&#10;yiG7xJ+MTo6OONaDrPqXmkMYunE6AA2VaX3roBkI0IGl+yMzYnCIwc80z6bZFEwMbPNklpIshKDF&#10;4XRnrHsudIv8osQGmA/odHtrnc+GFgcXH8zqRvKlbJqwMevVdWPQloJKluHZoz9ya5R3VtofGxHH&#10;P5AkxPA2n25g/VOepCS+SvPJcjqfTciSZJN8Fs8ncZJf5dOY5ORm+dknmJCilpwLdSuVOCgwIX/H&#10;8H4WRu0EDaK+xHmWZiNFfywyDs/vimylg4FsZAt9PjrRwhP7THEomxaOymZcR4/TD12GHhy+oStB&#10;Bp75UQNuWA1Bb1Mf3Utkpfk96MJooA0YhssEFrU2HzHqYTBLbD9sqBEYNS8UaCtPCPGTHDYkm6Ww&#10;MaeW1amFKgZQJXYYjctrN07/pjNyXUOkUc1KX4IeKxmk8pDVXsUwfKGm/UXhp/t0H7werrPFDwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAM&#10;hu+T9g6RK+0ytYEVSmGEapu0add2fQADLqASB5G00Ldfetputvzp9/fnu1n34kqj7QwrCFcBCOLK&#10;1B03Co4/n8stCOuQa+wNk4IbWdgVjw85ZrWZeE/Xg2uED2GboYLWuSGT0lYtabQrMxD728mMGp1f&#10;x0bWI04+XPfyJQg2UmPH/kOLA320VJ0PF63g9D09x+lUfrljso8279glpbkp9bSY315BOJrdHwx3&#10;fa8OhXcqzYVrK3oF8TZde1TBMgwjEHciiKMUROmnMFmDLHL5v0TxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAA/IKguRAgAAFgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADJdh6DgAAAADAEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
-                        <w:jc w:val="right"/>
-[...20 lines deleted...]
-                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>№27 ЖОМ м.а. директоры</w:t>
+                        <w:t>УТВЕРЖДАЮ</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>_____________</w:t>
+                        <w:t>И.о. директора СОШ №27</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00295298">
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA18F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>Д.К.Масакбаева</w:t>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3853815</wp:posOffset>
+                  <wp:posOffset>3742055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-72390</wp:posOffset>
+                  <wp:posOffset>-262255</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2844800" cy="778510"/>
-                <wp:effectExtent l="3175" t="1905" r="0" b="635"/>
+                <wp:extent cx="2956560" cy="636270"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="18" name="Поле 18"/>
+                <wp:docPr id="3" name="Поле 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2844800" cy="778510"/>
+                          <a:ext cx="2956560" cy="636270"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:caps/>
-[...1 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0021148C">
+                            <w:r w:rsidRPr="005266D9">
                               <w:rPr>
                                 <w:b/>
-                                <w:caps/>
-[...1 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Бекітемін</w:t>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="005266D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 3" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:294.65pt;margin-top:-20.65pt;width:232.8pt;height:50.1pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOMmeEkwIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfu/nZNG2iTVfsLkVI&#10;y4+0cADXdhoLxw6222RBnIVT8ITEGXokxk5bygISQuTBsT3jzzPzfeOLy6GVaMuNFVpVODmLMeKK&#10;aibUusJv3ywnc4ysI4oRqRWv8D23+HLx+NFF35U81Y2WjBsEIMqWfVfhxrmujCJLG94Se6Y7rsBY&#10;a9MSB0uzjpghPaC3MkrjOI96bVhnNOXWwu7NaMSLgF/XnLpXdW25Q7LCEJsLownjyo/R4oKUa0O6&#10;RtB9GOQfomiJUHDpEeqGOII2RvwC1QpqtNW1O6O6jXRdC8pDDpBNEj/I5q4hHQ+5QHFsdyyT/X+w&#10;9OX2tUGCVfgcI0VaoGj3efdt93X3BZ376vSdLcHprgM3N1zpAVgOmdruVtN3Fil93RC15k+M0X3D&#10;CYPoEn8yOjk64lgPsupfaAbXkI3TAWioTetLB8VAgA4s3R+Z4YNDFDbTYppPczBRsOXneToL1EWk&#10;PJzujHXPuG6Rn1TYAPMBnWxvrfPRkPLg4i+zWgq2FFKGhVmvrqVBWwIqWYYvJPDATSrvrLQ/NiKO&#10;OxAk3OFtPtzA+sciSbP4Ki0my3w+m2TLbDopZvF8EifFVZHHWZHdLD/5AJOsbARjXN0KxQ8KTLK/&#10;Y3jfC6N2ggZRX+Fimk5Hiv6YZBy+3yXZCgcNKUVb4fnRiZSe2KeKQdqkdETIcR79HH6oMtTg8A9V&#10;CTLwzI8acMNqCHqbHdS10uwedGE00AYMw2MCk0abDxj10JgVtu83xHCM5HMF2iqSLPOdHBbZdJbC&#10;wpxaVqcWoihAVdhhNE6v3dj9m86IdQM3jWpW+gnosRZBKl64Y1R7FUPzhZz2D4Xv7tN18PrxnC2+&#10;AwAA//8DAFBLAwQUAAYACAAAACEAH9daat4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkLmhLB+22dk0nQAJx3dgDuI3XVmucqsnW7u3JuMDN1v/p9+d8O5lOXGhwrWUFi3kE&#10;griyuuVaweH7Y7YG4Tyyxs4yKbiSg21xf5djpu3IO7rsfS1CCbsMFTTe95mUrmrIoJvbnjhkRzsY&#10;9GEdaqkHHEO56eRzFC2lwZbDhQZ7em+oOu3PRsHxa3xK0rH89IfVLl6+Ybsq7VWpx4fpdQPC0+T/&#10;YLjpB3UoglNpz6yd6BQk6/QloApm8SIMNyJK4hRE+ZuBLHL5/4fiBwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4yZ4STAgAAFgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAB/XWmreAAAACwEAAA8AAAAAAAAAAAAAAAAA7QQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="005266D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №1 от 31.09.2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791B21">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791B21">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791B21">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>для гимназических/лицейских классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791B21">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00791B21" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791B21">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9885" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5634"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Глобальные компетенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Математика без границ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі әлемінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speak English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приемы формирования функциональной грамотности на уроках русского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-Моделирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33D1D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00347FC1">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3807460</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-249555</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="638175"/>
+                <wp:effectExtent l="4445" t="0" r="1270" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Поле 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="638175"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B04203">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>УТВЕРЖДАЮ</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B04203">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>И.о. директора СОШ №27</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B04203">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00B04203">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00B04203">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Поле 2" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:299.8pt;margin-top:-19.65pt;width:232.8pt;height:50.25pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZEyoykgIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFuO0zAU/UdiD5b/O3mQtE006YiZoQhp&#10;eEgDC3Adp7FwbGO7TQbEWlgFX0isoUvi2mk7HR4SQuQjsXOvz32cc31+MXQCbZmxXMkKJ2cxRkxS&#10;VXO5rvC7t8vJHCPriKyJUJJV+I5ZfLF4/Oi81yVLVatEzQwCEGnLXle4dU6XUWRpyzpiz5RmEoyN&#10;Mh1xsDXrqDakB/RORGkcT6NemVobRZm18Pd6NOJFwG8aRt3rprHMIVFhyM2FtwnvlX9Hi3NSrg3R&#10;Laf7NMg/ZNERLiHoEeqaOII2hv8C1XFqlFWNO6Oqi1TTcMpCDVBNEv9UzW1LNAu1QHOsPrbJ/j9Y&#10;+mr7xiBeVzjFSJIOKNp92X3ffdt9RanvTq9tCU63GtzccKkGYDlUavWNou8tkuqqJXLNnhqj+paR&#10;GrJL/Mno5OiIYz3Iqn+paghDNk4FoKExnW8dNAMBOrB0d2SGDQ5R+JkW+TSfgomCbfpknszyEIKU&#10;h9PaWPecqQ75RYUNMB/QyfbGOp8NKQ8uPphVgtdLLkTYmPXqShi0JaCSZXj26A/chPTOUvljI+L4&#10;B5KEGN7m0w2sfyqSNIsv02KynM5nk2yZ5ZNiFs8ncVJcFtM4K7Lr5WefYJKVLa9rJm+4ZAcFJtnf&#10;MbyfhVE7QYOor3CRp/lI0R+LjMPzuyI77mAgBe8qPD86kdIT+0zWUDYpHeFiXEcP0w9dhh4cvqEr&#10;QQae+VEDblgNQW9zH91LZKXqO9CFUUAbMAyXCSxaZT5i1MNgVth+2BDDMBIvJGirSLLMT3LYZPks&#10;hY05taxOLURSgKqww2hcXrlx+jfa8HULkUY1S/UU9NjwIJX7rPYqhuELNe0vCj/dp/vgdX+dLX4A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWnyR14AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RToNA&#10;EEXfTfyHzZj4YtqlVLaCDI2aaHxt7QcMsAUiO0vYbaF/7/bJPk7uyb1n8u1senHWo+ssI6yWEQjN&#10;la07bhAOP5+LFxDOE9fUW9YIF+1gW9zf5ZTVduKdPu99I0IJu4wQWu+HTEpXtdqQW9pBc8iOdjTk&#10;wzk2sh5pCuWml3EUKWmo47DQ0qA/Wl397k8G4fg9PSXpVH75w2b3rN6p25T2gvj4ML+9gvB69v8w&#10;XPWDOhTBqbQnrp3oEZI0VQFFWKzTNYgrEakkBlEiqFUMssjl7Q/FHwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDZEyoykgIAABYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDWnyR14AAAAAsBAAAPAAAAAAAAAAAAAAAAAOwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B04203">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>УТВЕРЖДАЮ</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B04203">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>И.о. директора СОШ №27</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00B04203" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B04203">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00B04203">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00B04203">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00347FC1">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FC1">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол №1 от 31.09.2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>для гимназических/лицейских классов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005266D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(с сокращением учебной нагрузки)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9885" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="5634"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Количество часов в неделю по классам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инвариантный  компонент  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:ind w:right="-108" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Математика и информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Естествознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Человек и общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Технология и искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Художественный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9885" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вариативный  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Глобальные компетенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00347FC1">
+              <w:t>Физическая культура: спортивные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Предмет по выбору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00A62FF9">
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="915"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гимназический компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:r w:rsidRPr="00A62FF9">
+              <w:t>Рекреационная география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00A62FF9" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проблемы новой истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00974B47" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00974B47">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555F0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Математическая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00974B47" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00974B47">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62FF9">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Физика вокруг нас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6483" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00347FC1" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347FC1">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>РАССМОТРЕНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3780155</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-276860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2956560" cy="817245"/>
+                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Поле 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2956560" cy="817245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>№27 ЖОМ м.а. директоры</w:t>
+                              <w:t>УТВЕРЖДАЮ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DD01A3">
+                            <w:r w:rsidRPr="00AA18F8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>_____________</w:t>
+                              <w:t>И.о. директора СОШ №27</w:t>
                             </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2977"/>
+                              </w:tabs>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA18F8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Д.К.Масакбаева</w:t>
+                              <w:t>Масакбаева</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Д.К.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                          <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Поле 18" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:303.45pt;margin-top:-5.7pt;width:224pt;height:61.3pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC14JtSkwIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfu/kh3TbRpit2lyKk&#10;5UdaOIBrO42FYxvbbbIgzsIpeELiDD0SY6fdLQtICJEHx/aMP8/M943PzodOoi23TmhV4+wkxYgr&#10;qplQ6xq/e7uczDFynihGpFa8xrfc4fPF40dnval4rlstGbcIQJSrelPj1ntTJYmjLe+IO9GGKzA2&#10;2nbEw9KuE2ZJD+idTPI0PU16bZmxmnLnYPdqNOJFxG8aTv3rpnHcI1ljiM3H0cZxFcZkcUaqtSWm&#10;FXQfBvmHKDoiFFx6B3VFPEEbK36B6gS12unGn1DdJbppBOUxB8gmSx9kc9MSw2MuUBxn7srk/h8s&#10;fbV9Y5FgwB0wpUgHHO2+7L7vvu2+ItiC+vTGVeB2Y8DRDxd6AN+YqzPXmr53SOnLlqg1f2qt7ltO&#10;GMSXhZPJ0dERxwWQVf9SM7iHbLyOQENju1A8KAcCdODp9o4bPnhEYTOfF8U8BRMF22w2n2aRvIRU&#10;h9PGOv+c6w6FSY0tcB/Ryfba+RANqQ4u4TKnpWBLIWVc2PXqUlq0JaCTZfxiAg/cpArOSodjI+K4&#10;A0HCHcEWwo28fyqzvEgv8nKyPJ3PJsWymE7KWTqfpFl5UZ6mRVlcLT+HALOiagVjXF0LxQ8azIq/&#10;43jfDaN6ogpRX+Nymk9Hiv6YZBq/3yXZCQ8tKUVXYyg4fMGJVIHYZ4rFuSdCjvPk5/BjlaEGh3+s&#10;SpRBYH7UgB9WQ1TckwAcJLLS7BZ0YTXQBgzDcwKTVtuPGPXQmjV2HzbEcozkCwXaKrOiCL0cF8V0&#10;lsPCHltWxxaiKEDV2GM0Ti/92P8bY8W6hZtGNSv9FPTYiCiV+6j2Kob2izntn4rQ38fr6HX/oC1+&#10;AAAA//8DAFBLAwQUAAYACAAAACEAJqawrN8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU7D&#10;MBBG90jcwRokNqh1XKUpDXEqQAKxbekBJvE0iYjHUew26e1xV7Cbn6dv3hS72fbiQqPvHGtQywQE&#10;ce1Mx42G4/fH4hmED8gGe8ek4UoeduX9XYG5cRPv6XIIjYgh7HPU0IYw5FL6uiWLfukG4rg7udFi&#10;iO3YSDPiFMNtL1dJkkmLHccLLQ703lL9czhbDaev6Wm9narPcNzs0+wNu03lrlo/PsyvLyACzeEP&#10;hpt+VIcyOlXuzMaLXkOWZNuIalgolYK4Eck6jaMqVkqtQJaF/P9E+QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC14JtSkwIAABgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAmprCs3wAAAAwBAAAPAAAAAAAAAAAAAAAAAO0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
+              <v:shape id="Поле 1" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:297.65pt;margin-top:-21.8pt;width:232.8pt;height:64.35pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwbxOLkgIAABYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NR0jbRpit2lyKk&#10;5SItfIDrOI1FYhvbbbIgvoWv4AmJb+gnMbbbEi4PCJEHx/aMj2fmnPHl1dh3aM+04VJUOLmIMWKC&#10;ypqLbYXfvlnPlhgZS0RNOilYhR+YwVerx48uB1WyVLayq5lGACJMOagKt9aqMooMbVlPzIVUTICx&#10;kbonFpZ6G9WaDIDed1Eax/NokLpWWlJmDOzeBiNeefymYdS+ahrDLOoqDLFZP2o/btwYrS5JudVE&#10;tZwewyD/EEVPuIBLz1C3xBK00/w3qJ5TLY1s7AWVfSSbhlPmc4BskviXbO5bopjPBYpj1LlM5v/B&#10;0pf71xrxGrjDSJAeKDp8Pnw7fD18QYmrzqBMCU73CtzseC1H5+kyNepO0ncGCXnTErFlT7SWQ8tI&#10;DdH5k9HkaMAxDmQzvJA1XEN2VnqgsdG9A4RiIEAHlh7OzLDRIgqbaZHP8zmYKNiWySLNchdcRMrT&#10;aaWNfcZkj9ykwhqY9+hkf2dscD25+Ohlx+s17zq/0NvNTafRnoBK1v47opupWyecs5DuWEAMOxAk&#10;3OFsLlzP+sciSbP4Oi1m6/lyMcvWWT4rFvFyFifFdTGPsyK7XX9yASZZ2fK6ZuKOC3ZSYJL9HcPH&#10;Xgja8RpEQ4WLPM0DRdPozTTJ2H9/SrLnFhqy4z3U+exESkfsU1FD2qS0hHdhHv0cvicEanD6+6p4&#10;GTjmgwbsuBm93oqTujayfgBdaAm0AcPwmMCklfoDRgM0ZoXN+x3RDKPuuQBtFUmWuU72iyxfpLDQ&#10;U8tmaiGCAlSFLUZhemND9++U5tsWbgpqFvIJ6LHhXipOuCEqyMQtoPl8TseHwnX3dO29fjxnq+8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD68WlO4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIw&#10;EEX3lXoHa5C6qcChkEDSOKit1KpbKAeYxEMSEY+j2JBw+5pVuxz9p//f5LvJdOJKg2stK1guIhDE&#10;ldUt1wqOP5/zLQjnkTV2lknBjRzsiseHHDNtR97T9eBrEUrYZaig8b7PpHRVQwbdwvbEITvZwaAP&#10;51BLPeAYyk0nX6IokQZbDgsN9vTRUHU+XIyC0/f4HKdj+eWPm/06ecd2U9qbUk+z6e0VhKfJ/8Fw&#10;1w/qUASn0l5YO9EpiNN4FVAF8/UqAXEnoiRKQZQKtvESZJHL/z8UvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDwbxOLkgIAABYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD68WlO4AAAAAsBAAAPAAAAAAAAAAAAAAAAAOwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
-                        <w:jc w:val="right"/>
-[...20 lines deleted...]
-                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>№27 ЖОМ м.а. директоры</w:t>
+                        <w:t>УТВЕРЖДАЮ</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="00DD01A3" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DD01A3">
+                      <w:r w:rsidRPr="00AA18F8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>_____________</w:t>
+                        <w:t>И.о. директора СОШ №27</w:t>
                       </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="00AA18F8" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2977"/>
+                        </w:tabs>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA18F8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>Д.К.Масакбаева</w:t>
+                        <w:t>Масакбаева</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Д.К.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00081440" w:rsidRPr="0021148C" w:rsidRDefault="00081440" w:rsidP="00081440">
+                    <w:p w:rsidR="00D33D1D" w:rsidRPr="0021148C" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="006A03B4">
-[...3426 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009D2AC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t>Педагогическим советом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="009D2AC9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Протокол №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2AC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00DA27FF" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>88</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00A6749B" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="005266D9" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...772 lines deleted...]
-        <w:t>ҚАРАСТЫРЫЛДЫ</w:t>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">в редакции приказа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6749B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Министра просвещения РК от 18.08.2023 № 264</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
-[...289 lines deleted...]
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="003502BC" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35B2C">
+      <w:bookmarkStart w:id="2" w:name="z494"/>
+      <w:r w:rsidRPr="003502BC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Оқыту орыс тілінде жүргізілетін </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовой учебный план</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="003502BC" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35B2C">
+      <w:r w:rsidRPr="003502BC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t>гимназия сыныптарына арналған</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="003502BC" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35B2C">
+      <w:r w:rsidRPr="003502BC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> бастауыш білім берудің</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естественно-математического направления</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00C35B2C" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="003502BC" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003502BC">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> (төмендетілген оқу жүктемесімен)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="003502BC" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...8011 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...349 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10452" w:type="dxa"/>
-[...19299 lines deleted...]
-        <w:tblW w:w="9868" w:type="dxa"/>
+        <w:tblW w:w="10236" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="680"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1972"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="4531"/>
+        <w:gridCol w:w="2792"/>
+        <w:gridCol w:w="2236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00081440" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A068E4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-            <w:tcW w:w="5056" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:pStyle w:val="7"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:tcW w:w="4132" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Образовательные области и учебные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5028" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="0060306D" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0060306D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
+              </w:rPr>
+              <w:t>Количество часов в неделю</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="0060306D" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...12 lines deleted...]
-            <w:tcW w:w="5056" w:type="dxa"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00081440" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0060306D">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10 «А</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11 «А</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0060306D">
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7896" w:type="dxa"/>
+            <w:tcW w:w="8000" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...42 lines deleted...]
-                <w:sz w:val="28"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инвариантный компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...57 lines deleted...]
-            <w:r>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...66 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алгебра и начала анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Физика </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...145 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Начальная военная и технологическая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CC5F95">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5736" w:type="dxa"/>
+            <w:tcW w:w="5208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...41 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...21 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
-[...70 lines deleted...]
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5736" w:type="dxa"/>
-[...75 lines deleted...]
-            </w:r>
+            <w:tcW w:w="8000" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вариативный компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5736" w:type="dxa"/>
+            <w:tcW w:w="5208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00ED524E" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...33 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Глобальные компетенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00221C31">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00221C31">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5736" w:type="dxa"/>
+            <w:tcW w:w="5208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Я выбираю профессию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidTr="003152DB">
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5736" w:type="dxa"/>
+            <w:tcW w:w="5208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
-[...111 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вариативная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00221C31" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidTr="003152DB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5208" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00287279">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем максимальной учебной нагрузки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00081440" w:rsidRPr="00A068E4" w:rsidRDefault="00081440" w:rsidP="003152DB">
+            <w:tcW w:w="2236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="003152DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00081440" w:rsidRPr="00CC5F95" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="4"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D33D1D" w:rsidRPr="00287279" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRPr="005B18E6" w:rsidRDefault="00081440" w:rsidP="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D" w:rsidP="00D33D1D">
       <w:pPr>
         <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B18E6">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00081440" w:rsidRDefault="00081440"/>
-    <w:sectPr w:rsidR="00081440" w:rsidSect="00081440">
+    <w:p w:rsidR="00D33D1D" w:rsidRDefault="00D33D1D"/>
+    <w:sectPr w:rsidR="00D33D1D" w:rsidSect="00D33D1D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -45435,322 +34716,207 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRomanPSMT">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="205C185B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC7EFFEE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="30"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B76AF3"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsidRoot w:val="000E1551"/>
+    <w:rsid w:val="000E1551"/>
     <w:rsid w:val="0049042C"/>
-    <w:rsid w:val="00B76AF3"/>
+    <w:rsid w:val="00D33D1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -45771,62 +34937,64 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:uiPriority="0"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="No List" w:uiPriority="0"/>
     <w:lsdException w:name="Balloon Text" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -45901,650 +35069,691 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web)1,Знак Знак3,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00081440"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:ind w:firstLine="540"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="22"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="799"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Основной текст с отступом 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="31">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="32"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="799"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="Основной текст с отступом 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="31"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:semiHidden/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Схема документа Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:semiHidden/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af1">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00081440"/>
+    <w:link w:val="af2"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
-      <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:uiPriority="0"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="No List" w:uiPriority="0"/>
     <w:lsdException w:name="Balloon Text" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -46619,610 +35828,664 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web)1,Знак Знак3,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00081440"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:ind w:firstLine="540"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="22"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="799"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Основной текст с отступом 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="31">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="32"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="799"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="Основной текст с отступом 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="31"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:semiHidden/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Схема документа Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:semiHidden/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
-    <w:rsid w:val="00081440"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af1">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00081440"/>
+    <w:link w:val="af2"/>
+    <w:rsid w:val="00D33D1D"/>
     <w:pPr>
-      <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="00D33D1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1732581092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tengrinews.kz/zakon/docs?ngr=V2000020651" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tengrinews.kz/zakon/docs?ngr=V2000020651" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tengrinews.kz/zakon/docs?ngr=V2000020651" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -47471,54 +36734,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3214</Words>
-  <Characters>18323</Characters>
+  <Words>3420</Words>
+  <Characters>19496</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21495</CharactersWithSpaces>
+  <CharactersWithSpaces>22871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>