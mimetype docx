--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,102 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="005E4A5B" w:rsidRPr="005C4625" w:rsidRDefault="005C4625" w:rsidP="005C4625">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4625">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C4625" w:rsidRDefault="005C4625" w:rsidP="005C4625">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4625">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Руководитель:___________</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Д.Ж.</w:t>
+        <w:t>Руководитель:___________Бейбитова Д.Ж.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0017215C" w:rsidRPr="0017215C" w:rsidRDefault="0017215C" w:rsidP="0017215C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0017215C" w:rsidRDefault="0017215C" w:rsidP="0017215C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -122,51 +104,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на 2023 - </w:t>
       </w:r>
       <w:r w:rsidR="0017215C" w:rsidRPr="0017215C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024 учебный год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="4251"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EA5761" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA5761" w:rsidRPr="00F57379" w:rsidRDefault="00EA5761" w:rsidP="00EA5761">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F57379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1013,67 +995,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E02F5A" w:rsidRPr="00E02F5A" w:rsidRDefault="004F5EE9" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> А.А.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ахметбековна А.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E02F5A" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E02F5A" w:rsidRDefault="007707C3" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
@@ -1239,67 +1211,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E02F5A" w:rsidRDefault="001B6D19" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Б.Р. </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Супекова Б.Р. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001B6D19" w:rsidRPr="00E02F5A" w:rsidRDefault="001B6D19" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E02F5A" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
@@ -1579,93 +1541,65 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="00FA0EAC" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> А.Д. мето</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мукашева А.Д. мето</w:t>
             </w:r>
             <w:r w:rsidR="00954B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">дист, </w:t>
-[...17 lines deleted...]
-              <w:t>, специалисты консультативного пункта</w:t>
+              <w:t>дист, мед.сестра, специалисты консультативного пункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4506" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="006C4506" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
@@ -1719,67 +1653,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="00954B2C" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Ж.И.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туркубаева Ж.И.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00954B2C" w:rsidRDefault="00954B2C" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учитель казахского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4506" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
@@ -1862,132 +1786,67 @@
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="00853B65" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00853B65" w:rsidRDefault="00853B65" w:rsidP="0017215C">
-[...26 lines deleted...]
-          </w:p>
           <w:p w:rsidR="006C4506" w:rsidRDefault="00853B65" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Руководитель, </w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>мед.сестра, инструктора физ.культуры</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4506" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="006C4506" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2049,67 +1908,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="00435A0E" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Л.Л.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сабанкулова Л.Л.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4506" w:rsidTr="00EA5761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4506" w:rsidRDefault="006C4506" w:rsidP="0017215C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
@@ -2777,278 +2626,196 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Бекітемін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00591896" w:rsidRPr="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C67098">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Басшы:_________</w:t>
-[...19 lines deleted...]
-        <w:t>Бейби</w:t>
+        <w:t>Басшы:_________Д. Ж.Бейби</w:t>
       </w:r>
       <w:r w:rsidR="00591896" w:rsidRPr="00C67098">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">това </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C67098" w:rsidRPr="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C67098">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023-2024 оқу жылына</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> арналған </w:t>
+        <w:t xml:space="preserve">2023-2024 оқу жылына арналған </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C67098" w:rsidRPr="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C67098">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...9 lines deleted...]
-        <w:t>онсультациялық пункттің жұмыс жоспары</w:t>
+        <w:t>консультациялық пункттің жұмыс жоспары</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="532"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3226"/>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="6751"/>
+        <w:gridCol w:w="930"/>
+        <w:gridCol w:w="1521"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF0859" w:rsidRPr="00F57379" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00F57379" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F57379">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00F57379" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C67098">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Іс</w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ісшаралардыңатауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -3100,132 +2867,58 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұйымдастырылмағанбалалартуралымәліметтержинау</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
@@ -3281,114 +2974,58 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жоспарқұру, жұмыскестесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3458,249 +3095,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">«Павлодар қаласының </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№112 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">сәбилер </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>бақша</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>сы»</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...172 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>сайтындаконсультативтікпункттіңжұмысынқайтабастаутуралыжұртшылықтыхабардарету</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3744,193 +3207,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...141 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғакеңес беру "балағабалабақшағабейімделугеқалайкөмектесугеболады"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қазан</w:t>
             </w:r>
@@ -3975,175 +3302,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...123 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес "үйдеестуқабілетіндамыту"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қазан</w:t>
             </w:r>
@@ -4190,244 +3399,80 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...167 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата - аналарғаарналғанкеңес "баланыңмойынсұнбауыменқалайкүресугеболады"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Қараша</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4447,247 +3492,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...195 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес "ойынарқылымектепжасынадейінгібаланыңсөйлеуіндамыту"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қараша</w:t>
             </w:r>
@@ -4732,398 +3587,152 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...141 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес"үйдеанатілінедегенсүйіспеншіліктіояту"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А.А.Ахметбековна</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidRPr="00E02F5A" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00C67098">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...105 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес "Күнтәртібі-денсаулықкепілі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Желтоқсан</w:t>
             </w:r>
           </w:p>
@@ -5169,319 +3778,119 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...195 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес "балаңыздықалайорналастыруғаболады, сізгедегенсенімділіктіарттырыңыз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тәрбиеші </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Б.Р.</w:t>
             </w:r>
             <w:r w:rsidR="00C67098" w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Супекова</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidRPr="00E02F5A" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -5489,220 +3898,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...168 lines deleted...]
-              <w:t>"Семинар-практикумы</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата – аналарғаарналған "балабақшағабаруғабаланыңоңкөзқарасынқалыптастырамыз"Семинар-практикумы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қаңтар</w:t>
             </w:r>
@@ -5747,229 +3993,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...177 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес "баланыңсөйлеуіндамытуғаарналғантынысалуережелері"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қаңтар</w:t>
             </w:r>
           </w:p>
@@ -6013,1807 +4087,790 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата – аналарғаарналған"бақыттыата-аналардыңбақыттыбалалары бар", "мектепжасынадейінгібаланыңгигиеналықережелері"</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"</w:t>
-[...190 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>дөңгелекүстелі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдіскер </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А.Д.Мукашева, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>медбеке</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>консультациялық пункттің</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>мамандары</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF0859" w:rsidRPr="00511008" w:rsidTr="00AF0859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғаарналғанкеңес"әдебиеттіңкөмегіменүйдеқазақтілінүйренеміз"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00873F29" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілі мұғалімі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00873F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж.И.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C67098" w:rsidRPr="00873F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Туркубаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00873F29" w:rsidRDefault="00C67098" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF0859" w:rsidRPr="00873F29" w:rsidTr="00AF0859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AF0859" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Денешынықтыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дөңгелекүстел: "үйдебалан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ықалайдұрысқатайтуғаболады"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медбеке</w:t>
+            </w:r>
+            <w:r w:rsidR="00C67098" w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не шынықтыру нұсқаушысы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>14</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Семинар-практикум: "арнайыжаттығуларарқылыұсақмоториканыдамыту"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
-              <w:rPr>
-[...230 lines deleted...]
-              <w:t>Ж.И.</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.Л.</w:t>
             </w:r>
             <w:r w:rsidR="00C67098" w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Туркубаева</w:t>
-[...361 lines deleted...]
-              <w:t>не шынықтыру нұсқаушысы</w:t>
+              <w:t>Сабанкулова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғакеңес: "баланыңмузыкағадегенқызығушылығынсақтаужолдары"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...121 lines deleted...]
-            <w:tcW w:w="1613" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наурыз</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Музыка жетекшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ата-аналарғакеңес: "таңертеңгілікжаттығулар-денсаулықтыңкепілі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00AF0859">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...198 lines deleted...]
-              <w:t>Музыка жетекшісі</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру нұсқаушысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF0859" w:rsidTr="00AF0859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRDefault="00C67098" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...243 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF0859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Атқарылғанжұмыстуралыесеп</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67098" w:rsidRPr="00AF0859" w:rsidRDefault="00AF0859" w:rsidP="00890DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0859">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мамыр</w:t>
             </w:r>
@@ -7847,611 +4904,380 @@
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C67098" w:rsidRPr="00B63AF5" w:rsidRDefault="00C67098" w:rsidP="00C67098">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C67098" w:rsidRPr="00B63AF5" w:rsidSect="005E4A5B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C4625"/>
     <w:rsid w:val="00026740"/>
     <w:rsid w:val="0017215C"/>
     <w:rsid w:val="001A768E"/>
     <w:rsid w:val="001B6D19"/>
+    <w:rsid w:val="001C1AB0"/>
     <w:rsid w:val="001D609A"/>
     <w:rsid w:val="00215A6D"/>
     <w:rsid w:val="00282F25"/>
     <w:rsid w:val="00325CBC"/>
     <w:rsid w:val="00435A0E"/>
     <w:rsid w:val="004D15C5"/>
     <w:rsid w:val="004F5EE9"/>
+    <w:rsid w:val="00511008"/>
+    <w:rsid w:val="00540D1E"/>
     <w:rsid w:val="00591896"/>
     <w:rsid w:val="005C4625"/>
     <w:rsid w:val="005E4A5B"/>
     <w:rsid w:val="005F2076"/>
     <w:rsid w:val="005F2ACB"/>
     <w:rsid w:val="00604E24"/>
     <w:rsid w:val="006C4506"/>
     <w:rsid w:val="00751C02"/>
     <w:rsid w:val="007707C3"/>
     <w:rsid w:val="007F2C13"/>
     <w:rsid w:val="00822CD2"/>
     <w:rsid w:val="00853B65"/>
+    <w:rsid w:val="00873F29"/>
     <w:rsid w:val="008A59FA"/>
     <w:rsid w:val="008D44DB"/>
     <w:rsid w:val="008D5517"/>
     <w:rsid w:val="00952DE8"/>
     <w:rsid w:val="00954B2C"/>
     <w:rsid w:val="009A1F8D"/>
     <w:rsid w:val="00AF0859"/>
     <w:rsid w:val="00B63AF5"/>
     <w:rsid w:val="00C67098"/>
     <w:rsid w:val="00C70E75"/>
     <w:rsid w:val="00D6029E"/>
     <w:rsid w:val="00DD19E7"/>
     <w:rsid w:val="00E02F5A"/>
     <w:rsid w:val="00E03615"/>
     <w:rsid w:val="00E82F9D"/>
     <w:rsid w:val="00EA5761"/>
     <w:rsid w:val="00ED46D4"/>
     <w:rsid w:val="00F20EC7"/>
     <w:rsid w:val="00F57379"/>
     <w:rsid w:val="00FA0EAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{36207E13-0F13-4900-A4AC-F33EC0C164C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E4A5B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00EA5761"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8703,72 +5529,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3720</Characters>
+  <Pages>4</Pages>
+  <Words>626</Words>
+  <Characters>3571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4364</CharactersWithSpaces>
+  <CharactersWithSpaces>4189</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Методист</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>