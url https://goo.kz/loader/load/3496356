--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,8023 +1,1474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E80C93" w:rsidRPr="00E80C93" w:rsidRDefault="00E80C93" w:rsidP="00E80C93">
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о консультационном пункте  для родителей (законных представителей) и детей, воспитывающихся в условиях семьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1.1. Консультационный пункт  для родителей (законных представителей), чьи дети воспитываются в условиях семьи, организуется  н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а сайте  и в КГКП «Ясли-сад № 46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара(далее – КГКП «Яс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»), реализующего государственную общеобразовательную программу дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1.2. Консультационный пункт является структурным п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одразделением КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», реализующего государственную общеобразовательную программу дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1.3. Консультационный пункт создается для родителей (законных представителей) и детей, не посещающих образовательные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1.4. Настоящее положение регулирует деятельность Консультационных пункта, функционирующий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.5. Консультационные пункты являются одной из форм оказания помощи семье в воспитании и развитии детей дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Цели и задачи функционирования Консультационного пункта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1. Консультационный пункт создается в целях обеспечения единства и приемлемости семейного и общественного воспитания, оказания психолого-педагогической помощи  родителям (законным представителям), поддержки всестороннего развития личности детей, не посещающих образовательные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2.2. Основными задачами  Консультационного пункта являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказание всесторонней помощи родителям (законным представителям), в обеспечении условий для развития детей, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не посещающих КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> оказание всесторонней помощи родителям (законным представителям), по различным вопросам воспитания, обучения и развития ребенка дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказание содействия в социализации детей дошкольного возраста, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не посещающих КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение взаимодействия между </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и другими организациями социальной и медицинской поддержки детей и родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Организация деятельности Консультативного пункта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 3.1. Основными формами деятельности Консультационного  пункта является представления необходимых консультаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на сайте и в КГКП «Ясли-сад №46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», индивидуальных и групповых консультаций по запросу родителей (законных представителей), организация заочного консультирования по письменному обращению, телефонному звонку, через организацию работы сайта образовательного учреждения и др.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 3.2. Консультационный пункт может осуществлять свою консультативную помощь родителям (законным представителям) по следующим вопросам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> возрастные и психические особенности детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> готовность к обучению в школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> профилактика речевых нарушений детей дошкольного возраста, не посещающих ДОУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> создание условий для закаливания и оздоровления детей; социальная защита детей из различных семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 3.3. Консультационный пункт, размещает новую информацию на сайте 1 раз в месяц, в форме консультаций и каждую неделю можно позвонит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь по телефону 60-84-92</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и получить  нужную информацию, или сообщить о своей проблеме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 3.4. Организация психолого-педагогической помощи родителям (законным представителям) строится на основе интеграции деятельности специалистов: методиста (старшего воспитателя), руководителя, медицинского работника, логопеда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Консультирование родителей (законных представителей) может проводиться одним или несколькими представителями одновременно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 3.5. Для фиксирования деятельности Консультационного пункта необходимо ведение следующей документации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> план работы Консультационного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписание Консультационного пункта, заверенное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руководителем КГКП «Ясли-сад №46</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E80C93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ата-аналарға</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E80C93">
+        <w:t>Цели и задачи Консультационного пункта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>·        Обеспечение единства и преемственности семейного и общественного воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  ·        Поддержка всестороннего развития личности детей, не посещающих детские образовательные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ·        Оказание всесторонней помощи родителям (законным представителям), чьи дети не посещают образовательные учреждения, в обеспечении равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>·        Оказание консультативной помощи родителям (законным представителям) по различным вопросам воспитания, обучения и развития ребенка дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>·        Оказание содействия в социализации детей дошкольного возраста, не посещающих образовательные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>  ·        Проведение комплексной профилактики речевых нарушений детей дошкольного возраста, не посещающих образовательные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>·        Обеспечение взаимодействия между государственным образовательным учреждением, реализующим общеобразовательную программу дошкольного образования, и другими организациями социальной и медицинской поддержки детей и родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> . Оказание медико-педагогической консультации (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRPr="00E80C93" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">актуальные ресурсы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E80C93">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>заңды</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E80C93">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E80C93">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>өкілдеріне</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E80C93">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2130C" w:rsidRDefault="00F2130C" w:rsidP="00F2130C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...7833 lines deleted...]
-    <w:sectPr w:rsidR="0073022F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C27AB" w:rsidRDefault="009C27AB"/>
+    <w:sectPr w:rsidR="009C27AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED3362"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00ED3362"/>
+    <w:rsidRoot w:val="00E1033C"/>
+    <w:rsid w:val="009C27AB"/>
+    <w:rsid w:val="00E1033C"/>
+    <w:rsid w:val="00F2130C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8160,50 +1611,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F2130C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -8350,500 +1802,85 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F2130C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...413 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -9097,55 +2134,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3154</Characters>
+  <Pages>3</Pages>
+  <Words>729</Words>
+  <Characters>4160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3700</CharactersWithSpaces>
+  <CharactersWithSpaces>4880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PRM</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>