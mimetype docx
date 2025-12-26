--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,475 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="00184275" w:rsidP="00184275">
+    <w:p w:rsidR="008726DD" w:rsidRPr="0079056F" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0079056F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Методический кабинет отдела образования города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00184275">
-[...128 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00184275" w:rsidRDefault="00184275" w:rsidP="00184275">
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00184275" w:rsidRPr="00184275" w:rsidRDefault="00184275" w:rsidP="00184275">
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по реализации    проекта  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Оқуға құштар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00184275">
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E74DA7">
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...130 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008726DD" w:rsidRPr="00F33E93" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4295775" cy="3752850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="157" name="Рисунок 156"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="4080"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4299022" cy="3755687"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
@@ -508,1522 +336,1220 @@
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079056F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Павлодар, 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184275" w:rsidRPr="00184275" w:rsidRDefault="00184275" w:rsidP="00184275">
+    <w:p w:rsidR="00ED5F36" w:rsidRPr="003B372C" w:rsidRDefault="001B5495" w:rsidP="00DC43C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="003B372C" w:rsidRDefault="00ED5F36" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по реализации    проекта</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD" w:rsidRPr="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5495" w:rsidRPr="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00184275">
+        <w:t>қуға құштар мектеп</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5495" w:rsidRPr="003B372C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...186 lines deleted...]
-    <w:p w:rsidR="005E4AE4" w:rsidRPr="00184275" w:rsidRDefault="00184275" w:rsidP="00DC43C0">
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4AE4" w:rsidRPr="003B372C" w:rsidRDefault="005E4AE4" w:rsidP="00DC43C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E4AE4" w:rsidRDefault="005E4AE4" w:rsidP="00DC43C0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005E4AE4" w:rsidRPr="00184275">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00ED5F36" w:rsidRPr="00184275" w:rsidRDefault="00ED5F36" w:rsidP="00DC43C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Введение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="00ED5F36" w:rsidP="00DC43C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00184275" w:rsidRDefault="00184275" w:rsidP="008726DD">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00184275" w:rsidRDefault="00184275" w:rsidP="008726DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В условиях формирования ключевых компетенций  обучающихся о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собая роль отводится чтению как базовому компоненту воспитания, образования и развития культуры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00184275" w:rsidRDefault="00184275" w:rsidP="008726DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтение является деятельностью, формирующей и развивающей личность, ее читательскую грамотность (или читательскую культуру личности), новую грамотность – функциональную. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00184275" w:rsidRDefault="00184275" w:rsidP="008726DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональная грамотность является важнейшим фактором успешной профессиональной, учебной, самообразовательной и других видов деятельности, а также социальной защищенности личности в информационном обществе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Грамотное чтение становится инструментом получения образования и распространения культуры, свидетельством сформированности коммуникативной и профессиональной компетенции специалиста, инструментом достижения успеха человека в жизни, определяет уровень функциональной грамотности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к моменту окончания школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...933 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C21726">
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На приобщение детей и молодежи к читательской деятельности как инструменту духовного и интеллектуального прорыва нации направлен проект </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5F36" w:rsidRPr="001B5495">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қуға құштар мектеп</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5F36" w:rsidRPr="001B5495">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5F36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>асырудың</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4AE4" w:rsidRPr="00ED5F36" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Читательская деятельность уже не может сводиться лишь к овладению техникой чтения. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это инициирование </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интереса к самостоятельной читательской деятельности, создание атмосферы творческой заинтересованности чтением, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опосредованное воздействие на читательскую активность через семью, интеграция мощного воспитательного потенциала библиотеки</w:t>
+      </w:r>
+      <w:r w:rsidR="003B372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, совершенствование приемов работы по внеклассному чтению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="00ED5F36" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данные метод</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ческие рекомендации разработаны в целях реализации требований Инструктивно-методического письма «Об особенностях учебно-воспитательного процесса в организациях среднего образования Республики Казахстан в 2021-2022 учебном году» по реализации проекта «Читающая школа» в учреждениях общего среднего образования города Павлодара и  организации ежедневного 20-минутного чтения книг в школе и семье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5F36" w:rsidRDefault="00ED5F36" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация проекта предполагает формирование интереса к чтению и развитие навыков функционального чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся 1-11 классов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также  вовлечение родителей в реализацию  основных направлений проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="00CD5529" w:rsidRDefault="00CD5529" w:rsidP="00CD5529">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В целях реализации основных нап</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD" w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равлений проекта педагоги школ могут руководствоваться методическими рекомендациями НАО им. Алтынсарина «Читательская деятельность школьника». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD5529" w:rsidRDefault="00CD5529" w:rsidP="00CD5529">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кроме того, рекомендуем использовать в работе «Сборник акций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о технологии «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Step</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>step</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителей творческой группы города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» для учащихся  1-4 классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C21726">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>негізгі</w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00C21726" w:rsidRDefault="00C21726" w:rsidP="008726DD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Основные направления реализации проекта </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A5940" w:rsidRDefault="008A5940" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="8896"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
@@ -2038,10700 +1564,2663 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00C21726" w:rsidP="00C21726">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...154 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>«Чтение через все учебные  предметы» (1-11 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="0047568B" w:rsidP="0047568B">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...97 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>«Пространство свободного чтения» (1-11 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="0047568B" w:rsidP="0047568B">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...105 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>«Чтение как способ самореализации» (1-11 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="0047568B" w:rsidRDefault="0047568B" w:rsidP="0047568B">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...119 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>«Традиции современного семейного чтения» (1-11 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="0047568B" w:rsidP="0047568B">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...128 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>«Формирование функциональной грамотности чтения» (учителя-1-11 классов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F102FB" w:rsidTr="00F102FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="008726DD">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="0047568B" w:rsidP="0047568B">
+          <w:p w:rsidR="00F102FB" w:rsidRPr="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F102FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">«Акции» (1-11 классы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D36D83" w:rsidRDefault="00E74DA7" w:rsidP="00F102FB">
+    <w:p w:rsidR="00F102FB" w:rsidRDefault="00F102FB" w:rsidP="00F102FB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Методические рекомендации  к основным  направлениям реализации проекта «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F830EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қуға құштар мектеп</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>құштар</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00D36D83">
-[...182 lines deleted...]
-    <w:p w:rsidR="008726DD" w:rsidRPr="00D36D83" w:rsidRDefault="00D36D83" w:rsidP="00D36D83">
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00F102FB" w:rsidRDefault="001B5495" w:rsidP="00F102FB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="222222"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001B5495" w:rsidRPr="00D36D83">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">направление – «Чтение через </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D36D83">
+        <w:t xml:space="preserve">все учебные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Барлық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D36D83">
+        <w:t xml:space="preserve"> предметы»</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...144 lines deleted...]
-    <w:p w:rsidR="00D36D83" w:rsidRPr="00D36D83" w:rsidRDefault="00D36D83" w:rsidP="00D36D83">
+        <w:t xml:space="preserve"> (1-11 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="008726DD" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D36D83" w:rsidRDefault="00D36D83" w:rsidP="00D36D83">
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Смысловое чтение и работа с текстом на уроках</w:t>
+      </w:r>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D36D83">
-[...6 lines deleted...]
-        <w:t>Орыс</w:t>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>языка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азахского</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D36D83">
-[...339 lines deleted...]
-      <w:r w:rsidRPr="00D36D83">
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языка</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математики, литературного чтения, обучения грамоте, познания мира и естествознания</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D36D83" w:rsidRDefault="00D36D83" w:rsidP="00D36D83">
+    <w:p w:rsidR="00E95BF7" w:rsidRDefault="00E95BF7" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ведение читательского дневника </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«За книжными страницами» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(бумажный или электронный вариант (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00366A8A" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00366A8A" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C91" w:rsidRPr="00B84DDC" w:rsidRDefault="005E4AE4" w:rsidP="008A5940">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00D36D83">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ежедневная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5-минут</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5495" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5495" w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D36D83">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...393 lines deleted...]
-    <w:p w:rsidR="00241E1C" w:rsidRDefault="00241E1C" w:rsidP="00241E1C">
+      <w:r w:rsidR="001B5495" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жужжащего чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через разные приёмы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(1-4 классы)</w:t>
+      </w:r>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A5940" w:rsidRDefault="00461C91" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...134 lines deleted...]
-    <w:p w:rsidR="00241E1C" w:rsidRDefault="002457D6" w:rsidP="00241E1C">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минута «про себя», 1 минута «шёпотом», 1 минута «вслух»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A5940" w:rsidRDefault="00461C91" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...134 lines deleted...]
-    <w:p w:rsidR="002457D6" w:rsidRDefault="002457D6" w:rsidP="002457D6">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минуты «по слогам», 2 минуты «беглое чтение», 2 минуты «ускоренное чтение»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A5940" w:rsidRPr="008A5940" w:rsidRDefault="00461C91" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="002457D6">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«чтение друг другу»</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940" w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002457D6" w:rsidRDefault="00BA2E59" w:rsidP="002457D6">
+    <w:p w:rsidR="00150568" w:rsidRPr="008A5940" w:rsidRDefault="00461C91" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...89 lines deleted...]
-    <w:p w:rsidR="00FA7923" w:rsidRDefault="00FA7923" w:rsidP="00FA7923">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минуты читаем, 2 минуты пересказываем в паре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D04D3" w:rsidRPr="008A5940" w:rsidRDefault="002D04D3" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...587 lines deleted...]
-    <w:p w:rsidR="00FA7923" w:rsidRPr="00FA7923" w:rsidRDefault="00FA7923" w:rsidP="00FA7923">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«чтени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> схват</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вание» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как только две трети детей уже могут озвучивать текст вместе с диктором, то есть читать самостоятельно, следует увеличить темп звучания текста с магнитофонной ленты до 120 слов в минуту и продолжать ежедневн</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о увеличивать его на одно слово;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="008A5940" w:rsidRDefault="00BD0DC3" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...90 lines deleted...]
-    <w:p w:rsidR="00150568" w:rsidRPr="008726DD" w:rsidRDefault="00150568" w:rsidP="00FA7923">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«один читает, все слушают»</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00150568" w:rsidRPr="008726DD" w:rsidRDefault="00150568" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve">«Прощание с Букварём», «Прощание с </w:t>
       </w:r>
       <w:r w:rsidRPr="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Әліппе</w:t>
       </w:r>
-      <w:r w:rsidR="00A40A8C">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00A40A8C" w:rsidRPr="00A40A8C">
-[...47 lines deleted...]
-      </w:r>
       <w:r w:rsidR="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40A8C" w:rsidRPr="00A40A8C" w:rsidRDefault="00A40A8C" w:rsidP="00A40A8C">
+    <w:p w:rsidR="005E4AE4" w:rsidRPr="008726DD" w:rsidRDefault="003B372C" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00A40A8C" w:rsidRPr="00A40A8C" w:rsidRDefault="00A40A8C" w:rsidP="008726DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бязательное ежедневное 5-минутное чтение на </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всех </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учебных предметах  в ходе ознакомления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с новым материалом учебника, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверки домашнего задания </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4" w:rsidRPr="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(5-11 классы)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRDefault="001B5495" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="360"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A40A8C">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 направление - «Пространство свободного чтения»</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="008726DD" w:rsidRPr="00A40A8C" w:rsidRDefault="008726DD" w:rsidP="008726DD">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-11 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRPr="00B84DDC" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="001B5495" w:rsidRPr="00E82451" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="00E82451" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дни общения в библиотеке «Я с книгой открываю мир» (в дни школьных каникул)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...151 lines deleted...]
-      <w:r w:rsidRPr="00E82451">
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проведение конкурсов в школьной библиотеке: «Лучший семейный читательский формуляр», «Самая читающая семья». Формирование б</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95BF7" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анка «Настоящих читателей»</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82451" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+    <w:p w:rsidR="00DC43C0" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="00E82451" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посещение литературных мероприятий и выставок  в детской </w:t>
+      </w:r>
+      <w:r w:rsidR="00461C91" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>библиотеке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...398 lines deleted...]
-    <w:p w:rsidR="00E82451" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создание и размещение на сайте школы и в социальных сетях ролик</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по проблеме чтения книг: «Наши дети повторяют все за нами»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...447 lines deleted...]
-    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="00E82451" w:rsidP="00E82451">
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создание и размещение на сайте школы и в социальных сетях, на информационных стендах школы информационных плакатов о роли чтения книг: «Пусть всегда будет книга»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...528 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комплексное использование реальных и виртуальных ресурсов (помещения школьной библиотеки, рекреаций, кабинетов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B84DDC">
+        <w:t xml:space="preserve">«читающие перемены», </w:t>
+      </w:r>
+      <w:r w:rsidR="003B372C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">3 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E82451">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B84DDC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«читающая полка в классе</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>, школе</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-  «</w:t>
+        <w:t>» (буккроссинг)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также облачных технологий, форматов дополненной реальности и др.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008945DB">
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRDefault="001B5495" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t>3 направление -  «Чтение как способ самореализации»</w:t>
       </w:r>
       <w:r w:rsidR="005E4AE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1-11 </w:t>
-[...21 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (1-11 классы)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008726DD" w:rsidRPr="00B84DDC" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C3328" w:rsidRDefault="001C3328" w:rsidP="001C3328">
+    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...200 lines deleted...]
-    <w:p w:rsidR="001C3328" w:rsidRDefault="001C3328" w:rsidP="001C3328">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Использование внеклассного чтения в различных видах внеурочной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC43C0" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001C3328">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вариативность форм организации внеурочной деятельности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> ;</w:t>
+      <w:r w:rsidR="008726DD" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="001C3328">
+    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Проведение конкурсов: «Самый читающий класс», «Лучший читатель класса», конкурс плакатов, агитирующих в пользу чтения, тематические конкурсы чтецов, в том числе конкурс «Живая классика»</w:t>
       </w:r>
       <w:r w:rsidR="00A23EA4" w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, «День книгодарения</w:t>
       </w:r>
       <w:r w:rsidR="00DD4169" w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14 февраля Всемирный день </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 14 февраля Всемирный день книгодарения</w:t>
+      </w:r>
       <w:r w:rsidR="00A23EA4" w:rsidRPr="008A5940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="008726DD" w:rsidRPr="008A5940">
-        <w:rPr>
-[...618 lines deleted...]
-      <w:r w:rsidR="001C3328" w:rsidRPr="001C3328">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B5495" w:rsidRDefault="001B5495" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C3328">
+        <w:t>4 направление – «Традиции современного семейного чтения»</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4AE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...141 lines deleted...]
-        <w:t>(1-11 классы)</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-11 классы)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008726DD" w:rsidRPr="00B84DDC" w:rsidRDefault="008726DD" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D367E" w:rsidRDefault="006D367E" w:rsidP="006D367E">
+    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...218 lines deleted...]
-    <w:p w:rsidR="006D367E" w:rsidRDefault="006D367E" w:rsidP="006D367E">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Презентация детских книг для родителей «Книги моей домашней библиотеки»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95BF7" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (онлайн)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...730 lines deleted...]
-    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="000B2F33" w:rsidP="000B2F33">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проведение часов родительской грамотности «Как и что читать детям!», «Создание духовного климата семьи, способствующего формированию ребѐнка-читателя», «Читающие родители - читающий ребѐнок», материнский всеобуч «Книга в руках мамы»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95BF7" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в рамках родительского собрания в онлайн формате)</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="008A5940" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-    <w:p w:rsidR="000B2F33" w:rsidRDefault="000B2F33" w:rsidP="000B2F33">
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мастер-класс «Читать </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95BF7" w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вместе - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> это классно!»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...350 lines deleted...]
-    <w:p w:rsidR="000B2F33" w:rsidRDefault="000B2F33" w:rsidP="000B2F33">
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проведение конкурсов: «Лучший семейный читательский формуляр», «Самая классная книга» (конкурс компьютерных презентаций или буктрейллеров по прочитанной книге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...129 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация работы клуба семейного чтения «Книголюбы»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B5495" w:rsidRPr="00B84DDC" w:rsidRDefault="001B5495" w:rsidP="008A5940">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...241 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акция «Книжка из детства в наследство (любимые книги</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детства учителей и родителей)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC" w:rsidRDefault="00BD0DC3" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E4AE4" w:rsidRDefault="00B84DDC" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415EFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">5 направление </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5F36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B84DDC" w:rsidRPr="00415EFD">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«Ф</w:t>
       </w:r>
       <w:r w:rsidR="00ED5F36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00ED5F36">
+        <w:t>ормирование функциональной грамотности чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="00F102FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00941A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BD3DD5">
+        <w:t xml:space="preserve"> (учителя-1-11 классов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="00941A63" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Оқудың</w:t>
-[...170 lines deleted...]
-    <w:p w:rsidR="000D184B" w:rsidRDefault="00941A63" w:rsidP="000D184B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="00941A63" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D184B">
-[...169 lines deleted...]
-    <w:p w:rsidR="000D184B" w:rsidRDefault="000D184B" w:rsidP="000D184B">
+      <w:r w:rsidRPr="00941A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подбор </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>текстов  для  чтения с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="00941A63" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработка критериев и де</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000D184B">
-[...6 lines deleted...]
-        <w:t>оқу</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>крипторов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000D184B">
-[...149 lines deleted...]
-    <w:p w:rsidR="003B372C" w:rsidRDefault="000D184B" w:rsidP="000D184B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для мониторинга осознанности чтения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRDefault="00941A63" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...78 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...113 lines deleted...]
-    <w:p w:rsidR="005E4AE4" w:rsidRPr="000D184B" w:rsidRDefault="000D184B" w:rsidP="000D184B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постоянный контроль техники и навыков смыслового чтения  согласно разработанным критериям и дескрипторам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B372C" w:rsidRDefault="003B372C" w:rsidP="00FE7FBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00941A63" w:rsidRPr="00941A63" w:rsidRDefault="00941A63" w:rsidP="008A5940">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использование заданий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PIRLS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PISA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для развития навыков  функционального чтения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4AE4" w:rsidRDefault="005E4AE4" w:rsidP="008A5940">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="000D184B" w:rsidRDefault="000D184B" w:rsidP="008726DD">
+    </w:p>
+    <w:p w:rsidR="00B84DDC" w:rsidRDefault="005E4AE4" w:rsidP="008726DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">6 направление </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84DDC" w:rsidRPr="00415EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– «Акции»</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F5481">
+        <w:t xml:space="preserve"> (1-11 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED7F76" w:rsidRPr="00415EFD" w:rsidRDefault="00ED7F76" w:rsidP="008726DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="001F5481" w:rsidRPr="001F5481" w:rsidRDefault="001F5481" w:rsidP="001F5481">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC" w:rsidRDefault="00B84DDC" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кция «Запишись в библиотеку»</w:t>
+      </w:r>
+      <w:r w:rsidR="008726DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003958C8" w:rsidRDefault="008726DD" w:rsidP="003958C8">
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC" w:rsidRDefault="008726DD" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003958C8">
-[...133 lines deleted...]
-      <w:r w:rsidR="003958C8" w:rsidRPr="003958C8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кция   «Мой класс читает», «Я – читатель»</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003958C8" w:rsidRDefault="003958C8" w:rsidP="003958C8">
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC" w:rsidRDefault="008726DD" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отовыставки «Мои друзья читают», «Я</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Менің</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="003958C8">
+        <w:t>- читатель»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008726DD" w:rsidRDefault="008726DD" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...55 lines deleted...]
-    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00BD0DC3" w:rsidRDefault="008726DD" w:rsidP="003958C8">
+        <w:t xml:space="preserve"> «Недели книги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD0DC3" w:rsidRPr="00BD0DC3" w:rsidRDefault="008726DD" w:rsidP="008A5940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003958C8">
-[...89 lines deleted...]
-      <w:r w:rsidR="003958C8" w:rsidRPr="003958C8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00B84DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизация под</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0DC3" w:rsidRPr="00BD0DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писки на детские журналы и газеты</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BD0DC3" w:rsidRPr="00BD0DC3" w:rsidSect="00167D75">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0A7A1802"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5EC5216"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
@@ -13279,51 +4768,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="222E0886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B1204E0"/>
+    <w:tmpl w:val="FB42C42E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -15377,51 +6866,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="76281F7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87205FF2"/>
+    <w:tmpl w:val="B372CD24"/>
     <w:lvl w:ilvl="0" w:tplc="6B364DE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15976,537 +7465,273 @@
   <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="132"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C325DC"/>
-    <w:rsid w:val="00020B5D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000D184B"/>
     <w:rsid w:val="00150568"/>
     <w:rsid w:val="00167D75"/>
-    <w:rsid w:val="00184275"/>
     <w:rsid w:val="001B5495"/>
-    <w:rsid w:val="001C3328"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002457D6"/>
     <w:rsid w:val="002A408F"/>
     <w:rsid w:val="002D04D3"/>
-    <w:rsid w:val="0035345F"/>
     <w:rsid w:val="00366A8A"/>
-    <w:rsid w:val="003958C8"/>
     <w:rsid w:val="003B2F33"/>
     <w:rsid w:val="003B372C"/>
     <w:rsid w:val="00415EFD"/>
     <w:rsid w:val="00461C91"/>
-    <w:rsid w:val="0047568B"/>
     <w:rsid w:val="004E297E"/>
     <w:rsid w:val="005E4AE4"/>
-    <w:rsid w:val="006D367E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00742A70"/>
     <w:rsid w:val="0078568E"/>
-    <w:rsid w:val="008612BD"/>
     <w:rsid w:val="008726DD"/>
-    <w:rsid w:val="008945DB"/>
     <w:rsid w:val="008A5940"/>
     <w:rsid w:val="00941A63"/>
-    <w:rsid w:val="009741D3"/>
     <w:rsid w:val="00A17AB5"/>
     <w:rsid w:val="00A23EA4"/>
-    <w:rsid w:val="00A3752B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AB7011"/>
     <w:rsid w:val="00B84DDC"/>
-    <w:rsid w:val="00BA2E59"/>
     <w:rsid w:val="00BD0DC3"/>
-    <w:rsid w:val="00BD3DD5"/>
-    <w:rsid w:val="00C21726"/>
     <w:rsid w:val="00C325DC"/>
-    <w:rsid w:val="00C40514"/>
     <w:rsid w:val="00CD5529"/>
-    <w:rsid w:val="00D36D83"/>
     <w:rsid w:val="00DC43C0"/>
-    <w:rsid w:val="00DD30A7"/>
     <w:rsid w:val="00DD4169"/>
-    <w:rsid w:val="00E74DA7"/>
-    <w:rsid w:val="00E82451"/>
     <w:rsid w:val="00E95BF7"/>
     <w:rsid w:val="00ED5F36"/>
     <w:rsid w:val="00ED7F76"/>
     <w:rsid w:val="00F102FB"/>
-    <w:rsid w:val="00FA7923"/>
-    <w:rsid w:val="00FE1F3E"/>
+    <w:rsid w:val="00F830EC"/>
+    <w:rsid w:val="00FE7FBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{AA77D797-E384-409F-A3BF-CF5097F319A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00167D75"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -16608,75 +7833,265 @@
     <w:rsid w:val="00F102FB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1362434997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16922,69 +8337,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5988</Characters>
+  <Pages>1</Pages>
+  <Words>1044</Words>
+  <Characters>5956</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7024</CharactersWithSpaces>
+  <CharactersWithSpaces>6987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>