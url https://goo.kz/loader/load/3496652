--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2,13330 +2,9560 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="04D14523" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRDefault="00EF1FD6" w:rsidP="00257B1B">
+    <w:p w14:paraId="55C58DE5" w14:textId="1D3CB990" w:rsidR="001F4BA9" w:rsidRPr="00011A8E" w:rsidRDefault="001F4BA9" w:rsidP="00011A8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6B55F973" w14:textId="26C80109" w:rsidR="00257B1B" w:rsidRDefault="001C4EA4" w:rsidP="00257B1B">
+    <w:p w14:paraId="5F1240B9" w14:textId="4FB3F0AA" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00B66486" w:rsidP="00B1058B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk139013895"/>
-      <w:r>
+      <w:r w:rsidRPr="00011A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Орыс </w:t>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
-      <w:r w:rsidR="0085756F">
+      <w:r w:rsidRPr="00011A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00257B1B" w:rsidRPr="00270DA6">
+      <w:r w:rsidR="00A40329" w:rsidRPr="00011A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7" w:rsidRPr="00011A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00011A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1058B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мұғалімі</w:t>
+        <w:t>естествознания</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00257B1B" w:rsidRPr="00270DA6">
+      <w:r w:rsidR="00A77869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve"> в классах с русским </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и казахским </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77869">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA78268" w14:textId="77777777" w:rsidR="00821EC9" w:rsidRPr="00B66486" w:rsidRDefault="00821EC9" w:rsidP="00257B1B">
+    <w:p w14:paraId="4CB0B7E0" w14:textId="77777777" w:rsidR="004F390C" w:rsidRPr="00011A8E" w:rsidRDefault="004F390C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3AA974" w14:textId="77777777" w:rsidR="006E3028" w:rsidRPr="00011A8E" w:rsidRDefault="006E3028" w:rsidP="006E3028">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00011A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(ПРИНИМАЕТСЯ ВЕСЬ ПАКЕТ ДОКУМЕНТОВ) –КСЕРОКОПИЯ, ЗАЯВЛЕНИЕ И ОЦЕНОЧНЫЙ ЛИСТ ПРИКРЕПЛЕНЫ НИЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F3EF93" w14:textId="77777777" w:rsidR="006E3028" w:rsidRPr="00011A8E" w:rsidRDefault="006E3028" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00F542FD" w14:paraId="15C842E3" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="45C0F94E" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4F9149" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="5A49F00B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7385758F" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="618AB2FB" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61FBD932" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="210130FC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00270DA6">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3AF21B43" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="74D19AA1" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3EBAAB46" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="1729034D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4967BC" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="1B704BE9" w14:textId="519B9C6F" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="00670EBC" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00670EBC" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1D5FD5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="28FD192C" w14:textId="77777777" w:rsidR="00F95D41" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...107 lines deleted...]
-          <w:p w14:paraId="30A06B1C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E1CE031" w14:textId="10BB810F" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="2F76F9A7" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="282602BC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55439DAB" w14:textId="0979702A" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номер телефон</w:t>
+            </w:r>
+            <w:r w:rsidR="00670EBC" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E048BE1" w14:textId="3C994FB7" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F134B0" w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="74014A19" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="18730BB2" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="695BA1E0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="02543704" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5E0189" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="73CF4288" w14:textId="12D0BC60" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="606DEBF0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="71385072" w14:textId="30D328E0" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00257B1B" w:rsidP="00245AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-              <w:t>@goo.edu.kz</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00F542FD" w14:paraId="5B33CD79" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="6B643A04" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7084A135" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="10945CE5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B295F79" w14:textId="1B527F02" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00F95D41">
+          <w:p w14:paraId="26BC7DA2" w14:textId="5B8C1B38" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00F95D41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95D41" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D406A1D" w14:textId="0C8E26BE" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="001C4EA4" w:rsidP="001C4EA4">
+          <w:p w14:paraId="282C6B6C" w14:textId="45247EF4" w:rsidR="00A270EF" w:rsidRPr="00011A8E" w:rsidRDefault="00D90B00" w:rsidP="00A270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> -1 бос жұмыс орны: 16 сағат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1058B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>естествознания</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77869">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в классах с русским</w:t>
+            </w:r>
+            <w:r w:rsidR="00F47474">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и казахским </w:t>
+            </w:r>
+            <w:r w:rsidR="00A77869">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B21D138" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A270EF" w:rsidP="00A270EF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00021D92" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00670C71" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ваканси</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00021D92" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00201BCC" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD1F8C" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00F542FD" w14:paraId="73DA3F94" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="24755E9F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6D5E8D5F" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="7F12A223" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F625D5C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="08E30E22" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA48955" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="09A1D3BF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="523565D5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2044EC01" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="6590820E" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1E9CE3" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3192B938" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="71F14FD0" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="16C61192" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="45BBCF68" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="479CCACE" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="511093DC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651D2696" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="040538EA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="2A5E3BF5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57652240" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="7C2EFC51" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 12</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DDFE8C2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-              <w:t>теңге</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00F542FD" w14:paraId="4B967B13" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="2743607B" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D874AE" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="518FC9A2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F012128" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="14373B6C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4961F597" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25EF6378" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E177793" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="6BC7C623" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="75531472" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A091ADB" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0F4455A6" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A58445B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и (или) при наличии высшего уровня квалификации стаж </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="48ECC8F9" w14:textId="77777777" w:rsidTr="00070C48">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="4E2A9C30" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FC6376" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="5ED90741" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B80A4B8" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="46F827C6" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="113C148B" w14:textId="170B78EE" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="0017332B" w:rsidP="00601EE9">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="391AA4A2" w14:textId="3C3B8E53" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="000B4920" w:rsidP="00D25421">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00263CE5">
+            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00263CE5">
+            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00821EC9">
+            <w:r w:rsidR="00D25421">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00263CE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00821EC9">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...22 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00F542FD" w14:paraId="70DE127A" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="5B098D7F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE6E64D" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="53B6C643" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1DFCC0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="25E0D69A" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0876375B" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="3D9598C1" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B66486">
-[...199 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...16 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F11F08B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...235 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E45C276" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...113 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...221 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35420B06" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...212 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...82 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41ADBD12" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...122 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413B37DA" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...447 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...93 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17DA77A5" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...43 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="063266B9" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="332CB96D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...54 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="569B84B9" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="55D2652F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...45 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...274 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0380AD12" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7C3BB7" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...22 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3E5431" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="0B0BD3D2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...27 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидата на вакантную или временно вакантную должность педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC9C7F9" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...21 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3BF995B9" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="0DAE6202" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1277C809" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="18862C83" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1841C289" w14:textId="1B903EA8" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="6E665C3A" w14:textId="7C1B559F" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="00F95D41" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00011A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>бос лауазымының мерзімі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок </w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="00011A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD0BD44" w14:textId="07C06264" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+          <w:p w14:paraId="67ED1793" w14:textId="3FB09DA9" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52BD80A1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="75F2A703" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00011A8E" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13585662" w14:textId="650AE494" w:rsidR="00B66486" w:rsidRPr="00EF2FFA" w:rsidRDefault="00B66486" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AFC7DC6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="423A164E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A1628D" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...207 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270DA6">
+      <w:r w:rsidRPr="00A1628D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A22AD8F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="49768D45" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A1628D" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1628D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64166F39" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019F9A17" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4BB5D1C5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>(</w:t>
+    </w:p>
+    <w:p w14:paraId="193D5A45" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F95D41">
-[...15 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E71522" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00F95D41" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...39 lines deleted...]
-    <w:p w14:paraId="08E2AB84" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="61BCCB87" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADA9FAC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="22D8D84E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="73EEEF24" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302C7695" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...19 lines deleted...]
-    <w:p w14:paraId="34CDF797" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="30592ADF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA01DF1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="67CE6AFA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A98856" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="74EADAF9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есто проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E0004A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="70DF80B5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537807CD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4959A281" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ED0130C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0EBC075B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F778974" w14:textId="380431C8" w:rsidR="00B66486" w:rsidRPr="00601EE9" w:rsidRDefault="00B66486" w:rsidP="002F7BB3">
+    <w:p w14:paraId="5E72F564" w14:textId="7307F172" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1058B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>естествознания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77869">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в классах с русским </w:t>
+      </w:r>
+      <w:r w:rsidR="005240C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и казахским </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A77869">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B66486">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C4EA4">
-[...112 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="69F42B75" w14:textId="16E422DC" w:rsidR="00B66486" w:rsidRPr="002F7BB3" w:rsidRDefault="00601EE9" w:rsidP="002F7BB3">
-[...29 lines deleted...]
-    <w:p w14:paraId="573409E2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7B3CD42B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="026C0FE7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="67A46377" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AABA82" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...19 lines deleted...]
-    <w:p w14:paraId="5EC1B96F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="2888B129" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F3CE9A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1F013F13" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C49BB18" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0DDD72D4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="439B56B1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="038AE7F7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3959AF60" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="02F1A402" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2962"/>
+        <w:gridCol w:w="2185"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="6A730890" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="6DE6EA65" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40A9BF01" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="0B2D99D3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B580F0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6F72F6DD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28756A7F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...15 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2064F6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3B835C2F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CDE8E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="39744CF1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB89989" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B66486">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B66486">
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="12C114FA" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5D86499F" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1C5EC4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="4EBB056C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6C78F9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="77CBED41" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15698DED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6559BB77" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7669AF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3E79B0F4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="144E695B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="03C32F75" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F2C73D2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7200550C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Біліктілік</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-        <w:t>____________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0763F5C4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="11CB9A62" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEE602B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20D815B4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="35EC1ECC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E665565" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E6E2FF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1CC56865" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="129F52A4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...54 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C42A18A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="053216C1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Келесі</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...62 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033C037A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6D9F8DED" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A02653" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...7 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305E18B7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1D14B68F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E70392" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3EAC505C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D80AF69" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7393AD0A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD631E6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="03624DC0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="20452DD5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6D4D6EA0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Наградалары</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>атақтары</w:t>
+    </w:p>
+    <w:p w14:paraId="4E99F2F3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>дәрежесі</w:t>
+    </w:p>
+    <w:p w14:paraId="030A33D1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>ғылыми</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>дәрежесі</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>ғылыми</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>атағы</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...112 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FBFFBA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="39727CBE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B66486">
-[...319 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="3F1AED41" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="3B863B28" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="80"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF2B9AD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="7828581E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19C9FBFD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="3EC9789A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D4E017" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="52246F9B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="25A5C1A0" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ADA67F8" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="6301E6EC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D38D0F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="5B04D6BB" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D72481" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="63AEAC75" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA06193" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCC0FC7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="070CADE9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+    <w:p w14:paraId="27983CBB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C786837" w14:textId="16336AE7" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+    <w:p w14:paraId="165EAB8D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B25802">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B25802">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>ос</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B25802">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность педагога </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B25802">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>п</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B25802">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>едагог</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0242ABAC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
-[...35 lines deleted...]
-    <w:p w14:paraId="52C0A6F9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+    <w:p w14:paraId="48E7FCFD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E15BAB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="0FE81AA7" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="49432A8E" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43D26EDC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="0E8655DD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5298AF3D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46879A97" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B426E1E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8757E2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="2FEDC572" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30C45EEE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF3B493" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="787AA607" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7263769E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="14404505" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCA781E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+          <w:p w14:paraId="00A488A4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...6 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431ABB6B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7394C86B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DD9A04A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E7149F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6F0651" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0C0ED428" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="564EFA0F" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="438ED609" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBC61C2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08FF23ED" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">академическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F11E369" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4E0258" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47BCC395" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA80E43" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D37DFBA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="3D3B0CB9" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="59B5ED96" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="336876EC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49A716FF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2A179E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD8E037" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1E7353" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5677A12B" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56533BBA" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="1D63D952" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52273E36" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="1A94D68A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="468A902F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="5AF72501" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56536C08" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCA2A7F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="5964527C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- т</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78BD483E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108973A1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042599C5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3188C979" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...8 lines deleted...]
-          <w:p w14:paraId="02CD38A9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A5F58E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- ж</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64CA372E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...192 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0862EDF1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3CB3BD72" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="5E38F38F" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="58802F3E" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2EDC048A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="466ED7E5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49A6FBF9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="255D4DE6" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="261D5121" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="07824501" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBE3861" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="2B9DDFAD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629ABF0C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B25802">
-[...8 lines deleted...]
-          <w:p w14:paraId="1585AF77" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A008F9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3C1687" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="47851B96" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="44DA1E17" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="705425F9" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48A150FD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FACD03A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53BD2480" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2E1DD7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="763B84B0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645E4DFE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E3056F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5312E399" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49E4AFD5" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="6741B991" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09B63543" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="5F78D01B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E25FEF8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="38D4933F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебное заведение по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02B32958" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="4E219FE4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFFDD05" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44CEF7EF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E45BFC1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="530A740C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="272DCFA2" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="4EC7E5DC" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16B24C5C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51282EDA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D9A3B56" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70E3196C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53533381" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EBABAA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21255D65" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="317CADDB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17266CF3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="382E5735" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D4572E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41217220" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B241D7A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738BA1B7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="55036ECF" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EC13410" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="65CA16D7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54F7569A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="14DB21DB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FC23779" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="35AE89AE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D6FB84" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="03E497C1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B25802">
-[...6 lines deleted...]
-              <w:t>е</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739E7BC9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FFC276" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...26 lines deleted...]
-          <w:p w14:paraId="7A7BD9A1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD3E6D5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...324 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2629A864" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3B4B5B89" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00F542FD" w14:paraId="2AB32336" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5A72749D" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FBEE572" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="597535FB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00A4C9DC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE0B112" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F5E990" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0E1F71" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD8FBA2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3A3790" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="297661BF" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="3910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23834262" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="73F09B0D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D967CD8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="707930C4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1140631B" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="7450B088" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56914FCF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAFA286" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...6 lines deleted...]
-              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FFABEDB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="417898AC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4A85D267" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE5A40B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D2FFAE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A78D35" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E0D94F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69FD883C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E604C26" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F562C4B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77EDEE98" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE723A4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274F5679" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E26C75E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="29B5183B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="236F52B9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...57 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="558000FF" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="00C53B08" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="36F32959" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5DD5D357" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1076"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="355A89A9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="3D90ACF0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D5FF754" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="72473C47" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодеж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15A030AD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="31E06415" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D782AB3" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="086C4FE0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...196 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="379DAC99" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3E40FA79" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007330E5" w:rsidRPr="00F542FD" w14:paraId="6663F806" w14:textId="77777777" w:rsidTr="00E2030B">
+      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="6BAF876B" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="298604EA" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="6F199335" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...15 lines deleted...]
-              <w:t>7</w:t>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="157746B9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="433159F4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE0E626" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+          <w:p w14:paraId="5754CFAA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...3636 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33B7F58A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="47EB0BD5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F31BCE1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B7F58A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00011A8E" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidSect="00B66486">
+    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00011A8E" w:rsidSect="00B66486">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14019,133 +10249,133 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="00011A8E"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="0003445D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00084B8E"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B4920"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E6FD0"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="0017332B"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0019140C"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B3451"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C4EA4"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="00201BCC"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
@@ -14263,514 +10493,515 @@
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7404"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F390C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="005240C1"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A031C"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="00601EE9"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00627754"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00643124"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="0067055E"/>
     <w:rsid w:val="00670C71"/>
     <w:rsid w:val="00670EBC"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006D019C"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3028"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
-    <w:rsid w:val="00707C74"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="007330E5"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007961DB"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00821EC9"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
-    <w:rsid w:val="0085756F"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A64A0"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7248"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="0095391D"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F5897"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A270EF"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A77869"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE51EF"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00AF1B23"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1058B"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B25496"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
-    <w:rsid w:val="00B55732"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B66486"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B7796C"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B90245"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C65833"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA7F7F"/>
     <w:rsid w:val="00CB452E"/>
-    <w:rsid w:val="00CB5FB2"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD1F8C"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D16EC3"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D25421"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D90B00"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB15E4"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E2030B"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF2FFA"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F134B0"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47474"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
-    <w:rsid w:val="00F542FD"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F95D41"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB0B9E"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD45C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -15072,50 +11303,59 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E3028"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -15380,50 +11620,59 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E3028"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -15729,78 +11978,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1304DCB-6E67-4C3A-AE77-6247E282F5E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9ACDFD71-4D8D-488F-9EC3-2E457E545181}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11543</Characters>
+  <Pages>9</Pages>
+  <Words>1948</Words>
+  <Characters>11107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13541</CharactersWithSpaces>
+  <CharactersWithSpaces>13029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>