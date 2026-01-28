--- v0 (2025-12-19)
+++ v1 (2026-01-28)
@@ -1,13978 +1,12658 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...194 lines deleted...]
-    <w:p w14:paraId="02292CB5" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="38F2082C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="008D493B" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:rPr>
-[...392 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:right="-1" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008D493B">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...139 lines deleted...]
-        <w:t>Пояснительная записка</w:t>
+        <w:t>Түсініктеме хат</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0CC8A9" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="38305D32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:ind w:right="-1" w:firstLine="708"/>
-[...17 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В 2023-2024 учебном году нормативными документами являются:</w:t>
+        <w:t>Мектептің жұмыс оқу жоспары мектепті дамыту бағдарламасы, білім беру ұйымының жұмысын реттейтін нормативтік-құқықтық база негізінде әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB71DE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="32741F81" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...863 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Максимальный объем недельной учебной нагрузки учащихся, включая все виды классной, внеклассной (факультативные, индивидуальные занятия, спецкурсы ) и учебной работы, не превышают нормы ГОСО РК.</w:t>
+        <w:t>2023-2024 оқу жылында нормативтік құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DCF519" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="2BE977A0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> По восполнению пробелов в знаниях, исходя из особенностей детей с задержкой психического развития  из коррекционного компонента отведены часы на изучение:</w:t>
+        <w:t xml:space="preserve">-"Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттарын бекіту туралы" (бұдан әрі – МЖМБС) (Қазақстан Республикасы Білім Министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығына өзгеріс енгізілді-ҚР Білім Министрінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C501C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23.09.2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 406 бұйрығымен);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B39173" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="369EEDD9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час литературного чтения (3</w:t>
-[...32 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>− "Қазақстан Республикасының бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" (ҚР БҒМ 2012 жылғы 8 қарашадағы № 500 бұйрығына өзгеріс енгізілді-12.08.2022 ж. № 365 бұйрығымен);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDFF305" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0A176491" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час русского языка (3</w:t>
-[...32 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>- "Қазақстан Республикасының бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" (ҚР БҒМ 2012 жылғы 8 қарашадағы № 500 бұйрығына өзгеріс енгізілді-30.09.2022 ж. № 412 бұйрығымен );</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307AE59A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="3E79D422" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> час математики (3</w:t>
-[...32 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>- "Қазақстан Республикасының бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" (ҚР БҒМ 08.11.2012 ж. № 500 бұйрығы, өзгерістер мен толықтырулармен 18.08.2023 ж. №264 бұйрығымен)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C7162A" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="62CC04CD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час казахского языка(3в, 4</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>- "Жалпы білім беретін ұйымдарға арналған жалпы білім беретін пәндер, таңдау курстары және факультативтер бойынша үлгілік оқу бағдарламаларын бекіту туралы" (ҚР Білім Министрінің 16.09.2022 ж. № 399 бұйрығы; 21.11.2022 ж. № 467 өзгерістермен, 5.07.2023 ж. № 199 өзгерістермен)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AA4590" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="47E10E41" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час английского языка(3в, 4в)</w:t>
+        <w:t>− "Жалпы білім беретін ұйымдарға арналған жалпы білім беретін пәндер, таңдау және факультативтер бойынша үлгілік оқу бағдарламаларын бекіту туралы" (ҚР БҒМ 2013 жылғы 3 сәуірдегі № 115 Бұйрығы,ҚР БҒМ 16.09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C501C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022 № 399 Бұйрығы);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3B8C57" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="1FECAF07" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В 5-10 классах  коррекционный компонент в основном выделен на гуманитарные предметы для развития речи учащихся в устной и письменной форме, так как у учащихся с задержкой психического развития фонетико-фонематическое недоразвитие речи разного уровня.</w:t>
+        <w:t xml:space="preserve">- "Білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды жүргізудің үлгілік қағидаларын бекіту туралы" (ҚР БҒМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C501C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.03.2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 125 бұйрығы; өзгеріс енгізілді-ҚР Білім Министрінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C501C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.04.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 96 бұйрығымен</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0383B628" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="56036A18" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час  математики (7в, 10</w:t>
+        <w:t xml:space="preserve">- "Орта білім беру ұйымдарына, мектепке дейінгі ұйымдарға, орта білім беру ұйымдарына арналған оқу-әдістемелік кешендерге арналған оқулықтардың, оның ішінде электрондық нысандағы оқулықтардың тізбесін бекіту туралы" (ҚР БҒМ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008C501C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>22.05.2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 216 бұйрығына өзгеріс енгізілді-Қазақстан Республикасы Білім Министрінің міндетін атқарушының 2023 жылғы 22 мамырдағы № 140 бұйрығымен. жаңа редакцияда - ҚР Білім Министрінің 03.07.2023 № 194 бұйрығымен)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEFDA1F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="5C0A10A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час  русского языка (5</w:t>
-[...48 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>2023-2024 ОҚУ ЖЫЛЫНЫҢ ЕРЕКШЕЛІКТЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028FBCF2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="092DD321" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час  русской литературы (6 в)</w:t>
+        <w:t>2023-2024 оқу жылында бастауыш мектепте 14-сынып-жиынтық, оның ішінде 1-сынып-қазақ тілінде оқытатын жиынтық, 3-сынып-ерекше білім беру қажеттіліктері бар жиынтық жұмыс істейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F502FC2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00F82381" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="3E094126" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 час  казахского языка (5</w:t>
-[...65 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Қазақ тілінде оқытатын 2А және 3а сыныптары бір сыныпқа-жиынтыққа біріктіріледі. Сондықтан келесі пәндер бірге өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224506E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0415366F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 час английского языка (6в, </w:t>
-[...33 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>- орыс тілі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D26020A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="005F2AE7" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="3CD5FBD1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Рабочи</w:t>
+        <w:t>- әлем туралы білім</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82381">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+    </w:p>
+    <w:p w14:paraId="782A634E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебны</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> план</w:t>
+        <w:t>-жаратылыстану</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82381">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+    </w:p>
+    <w:p w14:paraId="0D309423" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>обсуждались и были утверждены решением пед</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>совета №</w:t>
+        <w:t>- музыка</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82381">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F82381">
+    </w:p>
+    <w:p w14:paraId="1BAFAC4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...49 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82381">
+      <w:r w:rsidRPr="00CB64CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:t>- Көркем еңбек</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FB7D59" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="002C374A" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="3D71D88B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Математика және логика (вариативті компонент)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538D2CC7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- дене шынықтыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FBB7CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Сандық сауаттылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C6B6FE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Негізгі мектепте 19 Сынып-жиынтық жұмыс істейді, оның ішінде 6 сынып ерекше білім беру қажеттіліктері бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A671CB7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орта мектепте 1-сынып-жинақ жұмыс істейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C58ECA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектептің миссиясы-білім алушыларды ОP-мен сәтті бейімдеу және әлеуметтендіру, оларды қоғамда өзін-өзі жүзеге асыру үшін жағдай жасау. "№6 ЖОББМ " ММ түлегі-қазіргі өмір жағдайында өзін-өзі анықтауға, өзін-өзі жүзеге асыруға қабілетті тұлға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1603D465" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CAB69FF" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
+    <w:p w14:paraId="2BF7E795" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастауыш білім берудің мемлекеттік жалпыға міндетті стандартына сәйкес (Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республикасы Білім Министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығы) жалпы білім беретін білім беру ұйымдарында сыныпты екі топқа бөлу Ауылдық жерлерде п 24 және одан да көп білім алушылар сыныптарын толтыру кезінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607BFE24" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) қазақ тілінде оқытпайтын сыныптарда қазақ тілін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1A211" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) Шет тілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78432ABB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) цифрлық сауаттылық (1-сыныптан басқа).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CB4FDB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Цифрлық сауаттылық" пәні бойынша сыныпты 1-сыныпта екі топқа бөлу жүзеге асырылмайды. 2023-2024 оқу жылында "Шет тілі" пәні 2-сыныптарда ТжКБ сәйкес оқылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C34B37" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бастауыш білім беру деңгейін қазақ тілінде оқытатын сыныптардағы вариативті компоненттің апталық оқу жүктемесінің жалпы көлемі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042961D7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-сыныпта - 2 сағат; 3-сыныпта-1 сағат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429B14F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орыс тілінде оқытылатын сыныптардағы вариативті компоненттің апталық оқу жүктемесінің жалпы көлемі бастауыш білім беру деңгейі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527F8FAF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-сыныпта - 1 сағат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B80B83" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-сыныптарда оқу жоспарының вариативті компонентінің сағаттары математикалық сауаттылықты, математикалық сөйлеуді дамытуға бағытталған "Математика және логика" пәнін оқуға бөлінген. Вариативті компонентті анықтау кезінде оқушылардың жас ерекшеліктері мен қызығушылықтары ескерілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699E5962" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2ә - "Математика және логика"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD7F8AA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2ә - "Жұмбақтар сандығы"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6B9076" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3ә -"Математика және логика"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B91DEB4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2а,2б,2в, 2г - "Математика және логика"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46195F14" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56616B3D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-9 сыныптарда вариативті компоненттің сағаттары "жаһандық құзыреттілік" курсын оқуға арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725BEF5B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалпы орта білім беру деңгейін орыс тілінде оқытатын жаратылыстану-математикалық бағыт бойынша вариативті компоненттің апталық оқу жүктемесінің жалпы көлемі: 10 – сыныпта-2 сағатты құрайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFA5AFD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сағат "жаһандық құзыреттілік" курсын оқуға бөлінеді-1 сағат (01.09.2022 ж. бастап)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E816929" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080E3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқушылардың химия бойынша білімдерін тереңдету мақсатында 10а сыныпта "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696C8E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Есептер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080E3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен жаттығулардағы химияны"оқуға 1 сағат бөлінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AC2E27" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыныптық, сыныптан тыс (факультативтік, жеке сабақтар, арнайы курстар ) және оқу жұмыстарының барлық түрлерін қоса алғанда, оқушылардың апталық оқу жүктемесінің ең жоғары көлемі ҚР МЖМБС нормаларынан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597342FE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Психикалық дамуы тежелген балалардың ерекшеліктеріне сүйене отырып, білімдегі олқылықтардың орнын толтыру үшін түзету компонентінен оқуға бірнеше сағат бөлінген:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DDE649" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағаттық әдеби оқу (3в, 4в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD85A76" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат Орыс тілі (3в, 4в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33130F79" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат математика (3в, 4в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D456E0B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат Қазақ тілі (3в, 4в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9B9B12" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат ағылшын тілі(3в, 4в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B990424" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-10 сыныптарда түзету компоненті негізінен оқушылардың сөйлеуін ауызша және жазбаша түрде дамыту үшін гуманитарлық пәндерге бөлінген, өйткені психикалық дамуы тежелген оқушыларда әр түрлі деңгейдегі сөйлеудің фонетикалық-фонематикалық дамымауы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4840A3A2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат математика (7в, 10б)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D24D6C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат Орыс тілі (5д, 6в, 7в, 8в, 9в, 10б)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F124B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат орыс әдебиеті (6 в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261968E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат Қазақ тілі (5д, 6в, 7в, 8в, 9в, 10б)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DA2E26" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 сағат ағылшын тілі (6в, 8в, 9в)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4829458A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB64CA" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6-сыныптағы вариативті компоненттің 1 сағаты"Қызықты грамматика" курсын оқуға бөлінеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725DA1E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="000548CF" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB64CA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әр параллельге, әр сыныпқа арналған оқу жұмыс жоспарлары қамқоршылық кеңеспен келісіліп, талқыланып, педагогикалық кеңестің 2023 жылғы 29 тамыздағы №1 шешімімен бекітілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8BCF9C" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E720C2C" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="1B3EFB6D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A7EFB8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Оқыту орыс тілінде </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="495D396C" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="72A42CCC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:t>чебный план</w:t>
+        <w:t xml:space="preserve">жүргізілетін сыныптарға арналған бастауыш білім берудің </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF6D39D" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
-[...37 lines deleted...]
-    <w:p w14:paraId="168253AB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003973C4" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="1F578ED7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>н</w:t>
+        <w:t xml:space="preserve">  оқу жұмыстық жоспары </w:t>
       </w:r>
-      <w:r w:rsidRPr="003973C4">
+    </w:p>
+    <w:p w14:paraId="7D0F83FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">а </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003973C4">
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023-2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD5DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D07D72" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="5746FEA9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00704898" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="00704898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение 2 к приказу </w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79694C56" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="59A48883" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00704898" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="00704898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Министра образования и науки Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> 2012 жылғы 8 қарашадағы № 500 бұйрығына </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от 8 ноября 2012 года № 500</w:t>
+        <w:t>-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F76105F" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="1815F1BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00704898" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="00704898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>в редакции приказа и.о. Министра просвещения РК от 18.08.2023 № 264</w:t>
+        <w:t>жаңа редакцияда – ҚР Оқу-ағарту министрінің от 18.08.2023 № 264</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4721" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="521"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="545"/>
         <w:gridCol w:w="515"/>
-        <w:gridCol w:w="515"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="674"/>
+        <w:gridCol w:w="2483"/>
+        <w:gridCol w:w="643"/>
+        <w:gridCol w:w="653"/>
+        <w:gridCol w:w="762"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="537"/>
+        <w:gridCol w:w="508"/>
+        <w:gridCol w:w="508"/>
+        <w:gridCol w:w="664"/>
+        <w:gridCol w:w="664"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="04FA55E0" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="43B4351F" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5ECC80" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CE7CBEF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32D828FC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0387555D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
-[...4 lines deleted...]
-              <w:t>Образовательные области и учебные предметы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3098" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29A92743" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="79E27379" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00251FFC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар  бойынша  жалпы жүктеме, сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F74ECFA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Недельное количество часов по классам</w:t>
-[...16 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093587D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="08B59222" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="09A45CDF" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="441"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12BD239B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7366BB4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D0BB1BE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="472C7F65" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44AECE51" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11201A70" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="012DE2DB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="17A2FEE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58648E79" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="63189617" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24BAAA87" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4142CB78" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="282CB192" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A848FA3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55A4EE2D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A874047" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="335220C5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="01B99207" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70BFF909" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4723CCCA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC1B573" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="43744EB5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155AB4E7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FFC40C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="53DAB744" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00323F5C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4D257F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00323F5C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="10551EBF" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="04D85F9C" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="281"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2229" w:type="pct"/>
+            <w:tcW w:w="2230" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38B3E171" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="018B8180" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Инвариантный компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DC83A4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FF3BE99" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B31162" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="24E3EF24" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAE982C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="575A0B2C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1092F8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="346B81AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE31CC4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1B5AE33A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD381E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="08CBFAF2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="502AD6E0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1466C559" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1682416B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45AD99FC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E146AE2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2FF92A4C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="3B8F40BE" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="12071F87" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C89332B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7BD88769" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="267CD1CA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CCFB9A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Язык и литература</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіл мен әдебиет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D88EBB5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="08116AAD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28C73082" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F3614C4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9CB614" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78C7533B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="230208B7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11D0E8D6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20151A3E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="16810A86" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="649C741E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F7D73AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611F9A8F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3ACB61C8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14793CDD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2772F679" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A20A6C2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="00663802" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21AA03FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C7F531B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="126804DD" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BA41D5B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="217"/>
                 <w:tab w:val="left" w:pos="1010"/>
               </w:tabs>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="51F222E2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="702BB875" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B3842E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="36512E13" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5EE2934E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="636152EF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Букварь, Обучение грамоте</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әліппе. Ана тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3539F2D4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="27B79855" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B25712E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="495BB1DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3673B419" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5DC38C4E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD0FA60" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31EA7370" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F21FFCD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A5B6722" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365F4DE4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F9035DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013BE552" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A6ED65F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D924D2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5922BCD2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="326688AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="24B2BAFA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22960195" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="77BBD7DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC77576" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C5551B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="4A13F153" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="4F5FFA30" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51310B0C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="58505385" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6181A81E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="1CA0E844" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Русский язык</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461B8228" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="63FB2F19" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="285D0AA8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="364ACD57" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146E8582" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6EB454B9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0481B9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="17234069" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF18A93" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E6AB1B8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5DE053" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1E30B4D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F73AF77" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D9568A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="641F1D81" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="77DCA761" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18BBBD53" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="670E36D6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="755ADC5C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="275AA0A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="39C4B301" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5AD242F8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="504A2FC2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="4DA903B6" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1DCD53" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="300DD1F7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="645AD0A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="1D3CB1FF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Литературное чтение</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдебиеттік оқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B02847D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C853F21" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA15446" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5ED3B75E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2AE95C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B2E7DF1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B471F7F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="41A27CDD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72904A5D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="119CFCEF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2481BC1C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4EA01DB6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="201A4E6C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6FA0B47E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3F4D51" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="03393CC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1385EC3A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45DCC966" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C431B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="42272F9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="68B3AEEA" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="745A778B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="29A9D3D9" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="7DD88972" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4916FCC5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="68002C77" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11EBDC7F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="69B6B8C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Казахский язык </w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2076C031" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="21DBAB8C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06B7D94B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0350DA01" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5617BC48" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4FC7F80F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="679EEC2C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45842AEC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D741E7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A6F778C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0826AB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="214A3191" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22C0293E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="365C5D52" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40FAEF10" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1074DDDF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B213D9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6E7067A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB06045" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6944B7D2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="486A1B65" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C4CEACE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="25825157" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="745D2C14" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733103B8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="771DC57C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A68AC85" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="4C2E159D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Иностранный язык(Английский язык)</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ағылшын тілі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAF3BC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F0013B6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="499492B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6100E144" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CC4486" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="79CED7B9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6DB9AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F36D53D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4278D207" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="459F308B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="301E2884" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="071624DC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10051EDB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7790AFA9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7D754D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="04AFD8E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B09D838" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="692044EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B8E6F6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1600DE04" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="278146B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A51EF7C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="246E8CB7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="788E1AB9" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13774A4E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3570F8C6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="626A41B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A0480FF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Математика и информатика</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика , информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2166F559" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="29D591E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05DF2D34" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="014B078A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD5DD82" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="366CEA96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="709FB837" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B7051D7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6AF6B7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F005FC6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34879124" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C671162" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD7D091" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1912D085" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25693740" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="01D631CC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50794D4B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11410A6C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5897152E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07398444" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="371464DF" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4493E391" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>52,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="42FF15D7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="50273A00" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="208"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="401909D1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EA41E5E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B9A7FC1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="792E0364" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1123C703" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="75450E48" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="249684E6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7541E334" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7537FB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7BB63640" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F17C83" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="184C38E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F428FBF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F2FAEF0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47916A47" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="23570FCC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30A7021B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E05BA15" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12089742" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CC0A194" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9F8375" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="25037E76" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78832074" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="12174A97" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5980F335" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22952E8A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="03E5E5B1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="7B3A40C4" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="526"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF5ADEC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0BE8F1FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="421E2840" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="02981E2D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Цифровая грамотность</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цифрлық сауаттылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19FB0036" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="20CA5EB8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D43CCBE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EA07F6F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D12668C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E456D7C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05F4D451" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="088615AD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C81D788" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1AFA4958" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C364769" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EDC70FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095E5A2B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="39E76058" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B5E0FE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C67DFEA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73851AAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38060CF1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="545D7E12" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B2B59FB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="21BA51EE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2927E99F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="6B42B0DE" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="3FA9EA5C" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25A95CB1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="04D38E67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D55BE47" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="430AA7CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Естествознание</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D718AAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0AD4985A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57E1E371" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18E57A9B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FDF42AA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="369D51D8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030D3AB8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C599486" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9258D8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="23A3B658" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6267328E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A970364" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0B6B7F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6E6A00B9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D27AEEB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="73AA9A89" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="066E47AA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="72F7782C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBFF383" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1ACA1A4F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11EDCF9F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="566018F2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="096D1A0C" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="6C52A909" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="788837FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="74909B38" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CD91B83" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A9F9E57" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Естествознание</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50013D64" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="088A5822" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A9D0622" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E63D2BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55013A44" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="169873F4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B251C78" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="71A52291" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C1F24C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="672C0717" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30792B1F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F18E549" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3378121D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1920D286" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="205BB1D0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1B393094" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C132C7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C0965B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C601AB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F8F45E5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="153ABCE3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="067908C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="0EB19F52" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="1E757A59" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="398D0012" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A2BA9F1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="714897D7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38235D24" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Человек и общество</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адам    Қоғам  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08F60321" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FB8F8B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E2AB61" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="362A0E4C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72D59063" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="06734B96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0611123D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="10276208" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57F573C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="51E88AA5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E671C96" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="611BCF8E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54C0A665" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="02F65ED8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBC4CED" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="40A1394B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE010F1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="041FCE44" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF6B64F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5338ACEA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBCB67D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="404E7F46" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="5920CDE2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="0AA79EE0" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="461"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F39D252" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1BE35A9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78468334" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C17E7F0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Познание мира</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дүниетану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="442465EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C29D727" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43669DF2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C2FBB7A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52C621E2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E37F5A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="160EB432" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="03D83308" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D239484" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="182A7D32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69056830" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31119EFD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7AEA48" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C0D0FC1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="797A94C2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C22094C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA9D70D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="70CB8C90" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04AC023D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4BDC5624" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="55DEA305" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EE17739" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="4FA9D422" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="3A0F0234" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="430"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A87337D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B86B0B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FCF1AD4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="593574C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:beforeLines="20" w:before="48" w:afterLines="20" w:after="48"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Технология и искусство</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технология және өнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1744F762" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="72CDE782" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD31F33" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="603751AC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D60D4FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45451F9B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06D822F1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07DA5B46" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC12509" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EEC375D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B68791" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2714C7B3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7B691E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="633DDA7E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627C7A84" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="56F40404" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C74F2E4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A4AEB09" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9705F9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5727B373" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="75CCDF92" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="291C344C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="3544AEB8" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="522486D1" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="249"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="413BEC00" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6CD46060" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32D99910" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="2A823AC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Музыка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Музыка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D1C537" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6115164A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A87B6FB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="010511B8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73839984" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A85647C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA55118" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2A6CBC12" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5324CE2C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2877C75F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460660A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="16285045" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB5B084" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="239C28DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E41A25A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38D81F78" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76FE2DD5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="563C0420" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10314E1A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="57772F0B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8DE987" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="125496A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="28CD9494" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="2D4689E9" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26EF980B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E54ED52" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50A8B79C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="7B21441E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Художественный труд</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көркем еңбек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7398BECD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="463F313A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DCA43A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="01506181" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C951252" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="03B946C4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DECB80B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="75DC89D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5D592F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="28A0209B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41333C16" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="220F9056" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6594F3ED" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A20E54B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5EC66F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B0954F8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34EF430D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="600DAF6B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59EC2270" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="080F897F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="52F1FEEC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="571A76A5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="73159B40" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="7E1609AE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C9BA5E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="06256DB0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62FFA8B9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="64EDBBB2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Трудовое обучение</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекке баулу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F8B5B9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F4695CD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54603EFE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="21ED8FCC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5D6660" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31B25309" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="192D2B06" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="21285684" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D836DB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="238BBC0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25BD59CF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="42BA1E1B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2B238D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7921D469" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFFD1C1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="21DEC1D9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A1ECAED" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="79BF657D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5BE2EE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EA56D70" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="721D8F76" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B64336F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="6A801746" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="3E8D94F4" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF1C9FB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E7E48D4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3CDE7308" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="3DBCC728" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Изобразительное искусство</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейнелеу өнері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEFD35F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E3110B7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578CB8B4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B5B0564" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C96BF63" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3DEA76B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E390551" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="66D821F7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8DD1C8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C9BED61" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B5F24B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54EE6440" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1D2533" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5888C610" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B28FC54" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="12233359" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E650472" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B75A782" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146872C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1BA81FB0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="06078B85" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1BD46759" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="4A163000" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="3FA9D6BE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F09CDD7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="58982364" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="462AA325" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F92897E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Физическая культура</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CC1ADD0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="13B1A2A2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D35E990" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="20B8DDFF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="784E33D1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F293B80" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B26D874" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1BDCA2BA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4AB9F9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A5B6B8B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69CD6B95" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2039B99F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08A52313" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6192C1A1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="423F519D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="561B3885" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="122AD957" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D5429E5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E0A843" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="50D81F64" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="15A3DB06" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E391A12" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="17308EC6" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="72EF1E27" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="503C3A07" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="71A00552" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="318B0A11" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22F913E0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Физическая культура</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5DBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E0DFAC1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="487C403B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39598A04" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="61B8F8B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B10955E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="10296F4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="063F0FCB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="209F9E03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4D8DA7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="267DA60B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06400E46" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D57BC61" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6270354C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="69E29A8B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05B98259" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="354FC760" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38CA4CBA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="50A07189" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EE3E7B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="36306F6F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="25DFD664" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B2FC6EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="21BC6989" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="6CEF28D3" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="448"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="pct"/>
+            <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CE2109B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A64B6E0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
-[...4 lines deleted...]
-              <w:t>Инвариантная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47A3D982" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64C8A130" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73DC29D7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7FDCAB44" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603E003C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4FA34112" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="459BE3A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="450422A2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08784533" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4AB18B8D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0903615D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18436CE1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BAEA3A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6DB4A03E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB88ACF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="457466AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B21BEF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1D93FA4E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE69FE0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="50F634B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D903E8C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DF1DAF" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="1050202D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00287327" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>236,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="71CBC60B" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="0384F0BA" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="442"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2229" w:type="pct"/>
+            <w:tcW w:w="2230" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54297D2B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2DFE159F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Вариативный компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56B3B0A3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07904F0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="468C4B22" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46357AD7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2B431A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0CB67123" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09B9F791" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E1EF5D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5B3537" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="14C97CA4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C155A05" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="10BF6304" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2B3FE4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="19465637" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="183EF203" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A663394" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41D70AF2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="7DD5860F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="728004AC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="60E24CE6" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="pct"/>
+            <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="317995EC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1E13CC0A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
-[...4 lines deleted...]
-              <w:t>Индивидуальные и групповые занятия развивающего характера</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дамытушылық сипаттағы жеке және топтық сабақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20795760" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78876582" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A19D324" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7D4E302C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC6010A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B9B033E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7622CB39" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="44D833B8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDB4DCF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3544FDA6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B44BAAB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="32C3A10C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66B9FC00" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="160617BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08056997" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="02C960FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52B0744F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="029A8DA6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="566AEC37" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E38D492" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5EF4DAF0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="653FEFE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="4E6A41E0" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="38916913" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="pct"/>
+            <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3440325F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64ACFC4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785B91">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Математика и логика</w:t>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00785B91">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> логика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD931F8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B5813A0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305EA733" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5CF5D26A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A411A88" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5D961EEC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA3A66D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="632D2B95" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785B91">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17348754" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="56EDE9E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785B91">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5538725D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00785B91" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0032A5DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00785B91" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785B91">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7188333F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="32113D64" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1122F372" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A6CEAB6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04E22420" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F7537FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72908C94" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6EF19FA7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2E6E095F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="4686B318" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="7F36BB2F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="0CA20444" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="pct"/>
+            <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D6E0956" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="3D78D113" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
-[...4 lines deleted...]
-              <w:t>Вариативная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="616915B6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EF99134" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1772CF6C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="274466C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8C0FB8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="06280045" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A43C322" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="479F02F9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74A1DF84" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A41F53B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0108C7F0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F69AC0F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48EAF4C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="63FA63D5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BCCDFB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="17D4DEEA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E37061F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C786623" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF2E1DA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11F33039" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="43CF3526" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="398DB693" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00251FFC" w14:paraId="575ABC7F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00251FFC" w14:paraId="52C51A06" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="453"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="pct"/>
+            <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71B7E5BE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E8A5688" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F615F">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқу жүктемесінің жоғарғы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C26713A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00251FFC">
-[...4 lines deleted...]
-              <w:t>Максимальная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="004F615F">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шекті көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36F5AAFA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="49D2A565" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09AD0387" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3120000A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251FFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="396" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6D0931" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="33AE4C23" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B066AA6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="40AB9FA6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703657F1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="13188158" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD89948" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E26BEDF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637D4C2D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F7549CE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E03F46" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="719D20AD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE853F8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="33FB7992" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44EA2E61" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00251FFC" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="51739F18" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00251FFC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="345" w:type="pct"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67021E8C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="5BAB3961" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>239,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EFE3398" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="6E844593" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766A59">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090E37CC" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="636DF9BB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="017F3DF7" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0D127957" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0978F0B2" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="18C5C27E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003973C4">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7FB68679" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003973C4" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="551962A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3075"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...42 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003973C4">
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>а 202</w:t>
+        <w:t xml:space="preserve">Оқыту қазақ тілінде жүргізілетін </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="49EA7AF5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3075"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003973C4">
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-202</w:t>
+        <w:t>сыныптарға бастауыш білім берудің</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="437BDE1F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003973C4">
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год</w:t>
+        <w:t xml:space="preserve">оқу жұмыстық  жоспары </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B02D82" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0205324B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00BD5DBB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5DBB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023-2024 оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C67115C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3911AD0C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> к приказу </w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CE902B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="76287FCB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Министра образования и науки Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> 2012 жылғы 8 қарашадағы № 500 бұйрығына 1-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577DA773" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
-[...15 lines deleted...]
-    <w:p w14:paraId="0A8DBADA" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0ABB982B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000E7040">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа редакцияда – ҚР Оқу-ағарту министрінің </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>в редакции приказа и.о. Министра просвещения РК от 18.08.2023 № 264</w:t>
+        <w:t>18.08.2023 № 264</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9417" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="609"/>
         <w:gridCol w:w="3687"/>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="1913"/>
         <w:gridCol w:w="1336"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="7EAD2FA1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="3C879433" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A45E906" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="59C96231" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67099558" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1DC8D0F6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Образовательные области и учебные предметы</w:t>
+            <w:r w:rsidRPr="00DF6B4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B34F12" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C053B12" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="151" w:hanging="131"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
+            <w:r w:rsidRPr="00DF6B4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар  бойынша  жалпы жүктеме, сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB7E2E1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00323F5C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="151" w:hanging="131"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Количество часов в неделю по классам</w:t>
-[...24 lines deleted...]
-              <w:t>недельная</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0093587D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="67A16957" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="6314D982" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55092B99" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="384D46CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5BDA6D03" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07A17A32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65950386" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="58D9763A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20B51A0D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="29997367" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EB52D8D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EECF235" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="084B4C8F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="60BDFCD3" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365316C2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31E92C9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Инвариантный компонент</w:t>
+            <w:r w:rsidRPr="00DF6B4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9CD663" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="59615B73" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17D95980" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="06FE3182" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="5710BE9B" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="659E1F23" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC4C13F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7399181F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="563669AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="533F4590" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Язык и литература</w:t>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіл мен әдебиет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0080D8E2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D5C7928" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A0D1111" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1FA0D730" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1254B782" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="786C163D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="747D05A8" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="64A30CD5" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="386D2BFB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E1D8104" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F3D16B2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4CEB6798" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Қазақ тілі</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="759C94AF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7DF216D8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1300FE9B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4B635A7F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28342BB2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D93A80F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="3703A7C6" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="7B64E831" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4EEE7F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E3028DC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E2070B4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="789C65D2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Литературное чтение</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдебиеттік оқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D9078E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22FB2AB1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A7A91F5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18A19674" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3E104A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A15A4EE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="5716346E" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="58B3F618" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="349"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224815F2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="692CA6AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="427EB589" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7102EC86" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Русский язык </w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орыс тілі (2т)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="120733B2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1838BAEE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3956EEDC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="536805D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="68B3D270" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="38A99389" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09E636E2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0AF4E863" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5FD42430" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7083E67E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Иностранный язык</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ағылшын тілі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="687D2618" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F2E6963" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="242B4CB3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="028DA6F4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2A2AAC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F4A83A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="5CA9E9E7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="36F649FC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="559CF73E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C8DAE88" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01C5D63A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="426D8759" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Математика, информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DB8143D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EEE4967" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39ED1F3C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="16830016" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D41EAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3AA715A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="5FF5C407" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="5EDF8561" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7F23F2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="218129BB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="119303BC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="732AB4F6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="500310D9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="486D2CE4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="20AA2E99" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F5FF37B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCA6E49" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F0C888E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="7FCA3C5F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="2ABE1DF9" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726E34C1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="400CB341" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08EAC5C1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4245965C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Цифровая грамотность</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цифрлық сауаттылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31B1377C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="02A627C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76AA56A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B50EDC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="6D626B10" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="0C158C41" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="452"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7AF948" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A90928D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64BA00DE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="775314CB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Естествознание</w:t>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EC029F3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4951AD53" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D163F4C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5D733379" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19870F4B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="278A9F7F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="48D82A25" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="3AA70966" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73B23534" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31B2472C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16AFF76A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F61273F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Естествознание</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77B36A28" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D2B6191" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38FC79C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="344AF508" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="1DDB4F29" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="16D606F1" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="330"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27D5B465" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3520718F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C765032" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38B15D2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71EF6F45" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07508C93" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="098C937F" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="382D953B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71031220" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="47C2CA41" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="38ECE058" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="5541C060" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0178A35A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2BD51189" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C1F63CE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="280E8146" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Человек и общество</w:t>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғам  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B447A7B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4F821F5D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D1B78D7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4DFA10D2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21F7C27C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0D64208F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="29BCE1B7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="44C66A3A" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72676CE1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="567E0614" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="04C8D693" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3BBC19FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Познание мира</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дүниетану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27DC68FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A3DC7E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB4BCD4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F2A4C85" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="1DFB6BCB" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="6EEC1CA9" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2BF502" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0AE5F9BB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07632B2A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="33AA396D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Технология и искусство</w:t>
+            <w:r w:rsidRPr="00EB3259">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Технология және өнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="027BB125" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2469D0CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E478579" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A7C503F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D8532A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E1F3975" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="6B1C004F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="2AD459CC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51631633" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="73147375" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="615778FE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="729E3747" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Музыка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73C999A3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3ABB8EA9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1817FB9A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="485CCA94" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="53F1870B" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="77A0683D" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C44CDD6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F85AC45" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66995D63" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="362E9FA5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E64D83">
+              <w:t>Еңбекке баулу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Художественный труд</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көркем еңбек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24A08638" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="35AF48D8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D49D15C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="208A6063" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="5E0FDC32" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="5FD6B06B" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73D69BEA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FCBE7CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B2867EE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C88257F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...4 lines deleted...]
-              <w:t>Изобразительное искусство</w:t>
+            <w:r w:rsidRPr="00E64D83">
+              <w:t>Бейнелеу өнері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2827DC1F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E134F4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C344FC1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45D638D4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE46553" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="464F0098" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="0AF66B92" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="1B0DD260" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="217F491A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A3AD39C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B24233E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4DD4E03D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Физическая культура</w:t>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2468CF3A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7AAB5275" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63E2A568" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="19874B97" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F06F9C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="766BA7B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="68A1A688" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="1B0D2815" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8986D9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C4C7E05" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3687" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7906FF41" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1D8B7B28" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...3 lines deleted...]
-              <w:t>Физическая культура</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C7B6B4F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B007265" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D07191" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B313D65" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="2C16EEF1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="381C76BB" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C7EADF6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="62C75FAE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...4 lines deleted...]
-              <w:t>Инвариантная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42E48830" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="15AE7CF1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="544980C3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="61FBDE26" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22DDA530" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="16864547" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="380F2164" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="253999D4" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06D9587D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3703B7C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Индивидуальные и групповые занятия развивающего характера</w:t>
+            <w:r w:rsidRPr="00572640">
+              <w:t>Белсенді-қозғалмалы сипаттағы жеке және топтық сабақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B246B15" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="24AE30F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F2CDCE6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4998A415" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="172315FC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7FDB903E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="0CFC45DE" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="27955F90" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3780BFB0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="0086382F" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2DCF24DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0086382F" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086382F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Жұмбақтар сандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61468BEA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EC64418" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A728D10" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="172F38B1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="479A7EB8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="099EAE67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="68D57708" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="5D10E47E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45111423" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="0086382F" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="287FEF5B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0086382F" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086382F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Математика и логика</w:t>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086382F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> логика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B3E6F49" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4F0E39F1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="654024ED" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6FD1C21E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="46EC75D4" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="7D609E95" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60444D10" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C1AAFAE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Вариативная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="0023554B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="374D52E1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="56D2945B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C714314" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6792417F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="102718BB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="70E78830" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00472EB3" w14:paraId="17797AB2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00472EB3" w14:paraId="14A77320" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7871332F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EB0B1C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Максимальная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғарғы шекті көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29C584DE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5BA16F5E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1986F69E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B3A5305" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AFC730" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="678FD9E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A64B49D" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="76F83DEE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7471BC7B" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="2C6CD337" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A58A588" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="65EFB347" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45D32D25" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="37BDA3E1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5177BD02" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0144B699" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="799AC406" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="441DC67A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="415F1344" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="45540752" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7772DF8E" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="43A9A14A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF75236" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="5D9D7F2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F95C1CE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E24E5BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z13480"/>
     </w:p>
-    <w:p w14:paraId="61EDD52B" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="688EA8A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00572640">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Оқыту орыс тілінде жүргізілетін </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="34EC4945" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="43E8E79C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00572640">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі орта білім берудің оқу жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00572640">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоспары  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A0F57FD" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="590A1673" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="0028490A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D2C4B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...83 lines deleted...]
-        <w:t>на 202</w:t>
+        <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2C4B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2C4B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2554F85C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="730C1E41" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:ind w:hanging="284"/>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение </w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F193B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:left="-193"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7040">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012 жылғы 8 қарашадағы № 500 бұйрығына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к приказу </w:t>
+        <w:t>-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C8B4F7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="78BC5666" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...31 lines deleted...]
-        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000E7040">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа редакцияда – ҚР Оқу-ағарту министрінің </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>в редакции приказа и.о. Министра просвещения РК от 1</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.08.202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13999,20282 +12679,20070 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="325"/>
         <w:gridCol w:w="2540"/>
         <w:gridCol w:w="564"/>
         <w:gridCol w:w="621"/>
         <w:gridCol w:w="643"/>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="503"/>
         <w:gridCol w:w="627"/>
         <w:gridCol w:w="702"/>
         <w:gridCol w:w="620"/>
         <w:gridCol w:w="653"/>
         <w:gridCol w:w="564"/>
         <w:gridCol w:w="707"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="712D50BA" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="388C80BF" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7693EAF3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C4B8A7A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23A95A46" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="290C5B3D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00472EB3">
-[...5 lines deleted...]
-              <w:t>Образовательные области и учебные предметы</w:t>
+            <w:r w:rsidRPr="00FD3216">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Білім салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32F8FBC8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A1502CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00472EB3">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD3216">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Сыныптар  бойынша  жалпы жүктеме, сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73199C42" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Количество часов в неделю по классам</w:t>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="62CE199C" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="2C2D17DF" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="727EED72" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0133E11A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A68349D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E4F6163" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB72ACC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0657DCA0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF1C40D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="73B793E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38FB0ECC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64B20472" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12738D6A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C616940" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7604E529" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="600F7BF0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D844F0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D128F29" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67D98C84" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C0B0417" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF0A249" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2DA8CB49" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8E876F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F8B7CB2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEEA104" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="653B95F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50A3DB50" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="39F46A96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39216321" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="70A9D820" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E4C560" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00472EB3" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3ED54973" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00472EB3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472EB3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>9Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7374CC4A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00323F5C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="176F8424" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00323F5C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>нед</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="0C2B4FFC" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="57EAB8FD" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10673" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17B950B6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006D2C4B">
+          <w:p w14:paraId="58F981BA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD3216">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Инварианттық  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F2B3DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Инвариантный компонент</w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="7A264243" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="0C5E357B" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74A82466" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="62C7B96B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7189638C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="23213336" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...5 lines deleted...]
-              <w:t>Язык и литература</w:t>
+            <w:r w:rsidRPr="00713313">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіл мен әдебиет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EBCF3DC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4BB66353" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71E41E74" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F0D56A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577138AF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2DC1DC92" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9864D2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0137A4B6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A609E8F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4EB67B29" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77AFBEB8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="499FB1B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3492D4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E713B95" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77F19DC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="290779E7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3E3E60" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1EDC644B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6DEB9827" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="08004EC4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0239019D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EDA6D8D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5FFF97CF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6CA98479" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6FCDBF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E4C1662" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B34F84C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="08039455" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="25F7B986" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="1140384F" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28C90F8F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="153676CB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4466A74F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="65780BAE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Русский язык</w:t>
+            <w:r w:rsidRPr="00FD3216">
+              <w:t>Орыс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="312D4AAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="49650C6B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3196CBE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="449A4887" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01193CD5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6DDD2CD8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="403F57AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="590E5773" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59134656" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="163DAFB8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="537E4947" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="578AF09F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECE022F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="083DE83F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3036934D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A035C41" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38BDBCBA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7DF6F942" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61FDF78C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="06C55C68" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="670E96BD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C76A5F8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35B9CB8B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4ECA1108" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C26924" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38FC3600" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44485528" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00EB2283" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EB06C86" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00EB2283" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="4C909BA0" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="275BCFBA" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B9502ED" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="67BCEA31" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E9E0F40" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="55713C2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Русская литература</w:t>
+            <w:r w:rsidRPr="00FD3216">
+              <w:t>Орыс әдебиеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60BBB2DC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="741E9D81" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC98CFF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="558D542D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E32DBC5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="29E314FF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2025D2D6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07A93B87" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66160D0B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="025D6910" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76FF4CC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54943512" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B30D904" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54C4DE77" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C0231D0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F974D6E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3DDDB7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A823268" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F6F978F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FD47129" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2716403D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54060045" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BAB1E3B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="054530C2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB38E82" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A6C4636" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="196ED93C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="36CE6740" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="500CA0EC" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="06996E50" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62AF383E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="083CE55F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="770D8AAC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="233815FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Казахский язык и литература*</w:t>
+            <w:r w:rsidRPr="00FD3216">
+              <w:t>Қазақ тілі мен әдебиеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D8DD4C1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="39AFCE98" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2527DC16" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="28956E98" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05330805" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07C07ABD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C75AFF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E315D01" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27FA9E70" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46C9DFFB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="549CF232" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="49A27A52" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24045B42" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="793B8955" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="562DA674" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C107125" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="305781D0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1DD18E9B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="281BE1F4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B589505" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B81BDD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6059A9F2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4211DF67" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AD98D8A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B43E65" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3717E52A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CA8994" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2ABF43D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="6E7B2FF6" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="1D78783A" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F865361" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4729AE2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F397B51" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="250C009E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Иностранный язык</w:t>
+            <w:r w:rsidRPr="00FD3216">
+              <w:t>Ағылшын  тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B3CAC6A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="58806212" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71AF3E1D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="503F40FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEED60B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="25AC9B00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67965968" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="69C32338" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DF0DCE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E2AFB79" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C572F88" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="51FE52E2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67C75549" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="24BE80BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="651FCC7A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B5DCE4B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF440EF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18BFE1D9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="286BD7C8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="14480A11" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C41EE05" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2AB6E58D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="185511E8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45910E9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="129CADD4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="68EA864F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC54881" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="082F6669" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="082A353F" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="371CFF3B" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06EBEBEE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="31A917BF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23C6AACE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F00C996" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="17937429" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C42591C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Математика и информатика</w:t>
+              <w:t>Математика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D2C4B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EDBFBC6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="386143F1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28569B38" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="067833F2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8D8757" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C6D71A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="598DDFD5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1DADE9FD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32D0D64E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="33F64BFA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BA45B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0ACD9116" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5510DC49" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B43B59D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02DFCAD1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F9AF97D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7475C9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="376205C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34D79343" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="468392AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3949C1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="409F07AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29CF57D7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2FF6A2AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1269AE12" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="23CBF2CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B47AFA5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="622EC3DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="4456F6D9" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="2CBF05AA" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56495F5E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6E783D44" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57DC7CCD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="15D35ACF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40ACB4A4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="684F6979" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9ACE32" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="498E4297" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E52D1B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="719D6974" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08002F97" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EE375BC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A2E71FA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="37288B08" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D72730" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="296A94AA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03072C17" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78D600AA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4533250E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="44E481D4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5621547E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0D557677" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57B33E6A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22AE5B8B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126E3DC8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="15FAB2B3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A44C9E5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4DA63047" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C021E6C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B96F6EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6855F2F8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="698BA17C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="004C7E79" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="51ADAFCF" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5748CC1B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="374908A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1ECB0984" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07DDA37F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Алгебра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E38E165" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5CD5F4C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="172BD4BB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="171C9EF6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="078CD949" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="400AF1F9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="417886B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EF1B68B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47D4A8A4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="19F4F194" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44568215" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64E470A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C925B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2AC20E0F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50B7A468" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="71A21E0D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302B10F5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7367D94C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F366569" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="72082D1F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64DD6840" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EB7E97C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CF549E0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="30851131" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="091FDC10" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7BF141CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="264A0271" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7175DD0A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="55576C4C" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="6CDD1239" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="119C9E22" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F3E76B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="406B3E58" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A5BF349" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D437C75" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64911DF2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="510A734A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E36B25E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F5AF2F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="036597BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244E54A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B7B1476" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C113A97" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BCCD4CC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C01A318" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C0C7F89" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15DAD3D2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7685741F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06FCDBC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78C4C2CB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D876B5B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F71D790" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F2E5FA5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D6785DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="711811C2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4786F488" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="436E30FE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F5FD44F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="755A614D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A609871" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2753CFCB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="26C4F44E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="1CE7DBA1" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="1E943180" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15E27960" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78111641" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C572294" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="428FBE10" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25D66547" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F7B4ECC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF822A5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="588A9990" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4655E337" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5831FEA8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67FA9590" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1103489A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13489453" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4605000E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="626EF3EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="48DFF732" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559047F3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="531B1866" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B251D5B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5183D5B9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79E3EAFF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="49AAFDC9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37BB28A8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FD6F138" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22137DCA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="33F0CC15" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60CD702B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="37D21A32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44550DE4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1243BE78" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E02CFBA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4BEEADF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="3BFAE149" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="1A4C832C" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05E166CA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="363BB665" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="333108CF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2BD111B1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Естествознание</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B2BB43A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EA07458" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56AE1CC4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C9BFA8F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7092633E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46E80854" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF62BC6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E946A30" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10FA144A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2EBA8DF4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64E907B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="45E48D4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD8DC9A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C0D9DA2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C93EED7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="616547CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="623E8159" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0580C910" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12F52BF8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="38AE1DC4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62A48D80" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0AB8AF77" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DD5617B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A3011BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E09A0CC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="512571A0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326A8847" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2484EB88" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="21BF4F0B" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="596C763C" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22A19107" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0450DC65" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B45756A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D23C504" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Естествознание</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22B61C02" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5049F861" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5D2A8E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="40CA777B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74365B68" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="32568625" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645D8C1B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C6518D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73D4D43A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0D763943" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46DEAEE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B7F7451" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67E8BB3E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="339E0B03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="666425DE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="511945C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0DA884" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="519705BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460694E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="29C3F5B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="058AA681" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5DB5F69F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="332254C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="28C311BF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471ABBFE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E8C9A03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67AAE27A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="52FD45D2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="068A85E5" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="6643916B" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="434821FA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3100B9AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="414C4A83" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="03E038E8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
+            <w:r w:rsidRPr="0028490A">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26D36380" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4BF3D6F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="169CEC29" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="648A0ABB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1C9F63" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1ECA9BB3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1B5F2C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5DC3EDDA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B1EFC65" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4088BD81" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC56743" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="58DADAA0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5617547F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F020104" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58118033" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AEDEEEF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32700C3B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="44F44A06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F91F5E6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AC8A41D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D933073" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E4CE7DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42B698F3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="576808E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72166EC7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D29D31E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A4B397" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5894F9E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="63EAF922" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="05A2437B" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B3F5419" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="492E9DCC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1789F583" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C68727A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
+            <w:r w:rsidRPr="0028490A">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="229C5F6F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6DFC8437" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6405EBAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B692047" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522F618E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B0805A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBE5B46" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5DCDCAE8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67C092B3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3AEE0E0F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C8CA0C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="599E1EE1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EFC1336" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="221377E1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5779EB30" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FEAB9EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4071EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4AEB5BA4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="725F2A45" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4227724D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47E59A78" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E58D800" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E63BBBE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="316364A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6326532B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D18F677" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50518F15" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="51B41BFB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="61E24ADF" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="3FC6B740" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48648BC1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D036A40" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5452555C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="470FE54D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
+            <w:r w:rsidRPr="0028490A">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75A199FD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="47DCA2D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="539D6A82" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="765F490C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590BD0C5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="40824DBE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="355503B6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="61ED3994" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="197C3769" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64C6CE83" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6665E6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="39ED5912" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C600F94" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="617EED71" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C42979A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5D67E316" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61BECC14" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="757FB76E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FA81300" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FACDB24" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEDCAE2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="655FC85F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="468CF886" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2696CB9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2926FDE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="020E1D7B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E75CDC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="728DAA2F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="58163990" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="0ED754BA" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="415F3CE1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4570EB7D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DAF64D8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18070111" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
+            <w:r w:rsidRPr="0028490A">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CBC9BE4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FC096CE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB5698B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A664E6D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9EF308" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="41DB9386" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DE455D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1FB75320" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2217B0E4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="56FCA520" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01E9E5D6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3557A6CD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0522EF67" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EA6C8B5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2846FFCA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F6EB778" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CFA9C9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="35817034" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27B16491" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="41BA4D2A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6BD70E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="232F08AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53261FC2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E6C5BBD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="789D2FFD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E0856C5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4146E6EF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="20F5C019" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="58CC848A" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="3E9A8C61" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67AB21E0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="75DA2EA5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B3F830A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E3C704B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Человек и общество</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адам    Қоғам  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E92E95B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7FACCCED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250F0FEB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="233E9E94" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE26544" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="34565E9F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0153B2B4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7078BED8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02FB646F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="633E5070" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01489CEB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="68A0CF26" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B890E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C37C54F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="189B37CB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0299661B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15B82829" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="51EEDDC5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54E97653" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="53BE9EBE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6D284B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="52DCB723" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45AF8C6E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="786AAAEE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAB20DD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F2C57E9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1218B460" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="53354B67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="2510DA38" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="7237B637" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39058EC8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A083689" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="254350AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="382102AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>История Казахстана</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Қазақстан тарихы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="227A8AF0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6570B00A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5230D25B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F1E5FE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3602DD9A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B50F1F6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26FC300B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B5F3F30" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33CBDA55" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0007DF98" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E83BB88" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="491984D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBE2348" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7308FB0C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F5C3096" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A9400E2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC0C381" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5AF2ABF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="441923F9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2ABB7EEB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1385E7E5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7600B796" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="131DE6E7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="148FFADE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2FF3EC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7297D669" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33AD93EE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46096A16" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="15FA1A85" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="7F0FB771" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12905822" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E564F38" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4691D642" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3029FF45" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Всемирная история</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Дүниежүзі тарихы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63D58DDF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5632D16F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B0936F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="76996138" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14C0A0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="75338FA3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062E6F8D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="561A4870" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E7A3B41" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4959E400" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72400DF1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="188CC2BF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E63D4E2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B17DEB1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76EA9F2A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0DC72D2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E90FE3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D1D015F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0513343C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4CCA742D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC7A130" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0DD7B3F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="217F7B8A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="271F1D56" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B33374" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6FB53E96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC9A636" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="172EF23C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="45168B14" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="76989EEE" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36D81CEF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="18FD6D7A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BDAD4A5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D5DABE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Основы права</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Адам Қоғам  Құкык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="351C6CEC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1D977FF4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8B6F4E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5814635E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6639C772" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2135020A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A53E86" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="099BFAE6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B5C79EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FF5050C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35BDDAAE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="35CF7FBE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7B026D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="74646274" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D18F8CC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A21F274" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="020D84DA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="135F1ECA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BAE5165" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="432CEC45" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4975845B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D70F872" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C6380C8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="61F7FE09" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50505DCF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="01D98A32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362BB048" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11975B5C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="63A44D2D" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="4730C3E7" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CE25EB4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5815FE61" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6357CA19" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5ECCBB0F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Технология и искусство</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Технология және өнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39F10F74" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6F3116E6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEA9DF8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="49485756" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16BB2237" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="774B59BA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="241C59D8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="20BE2C75" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EAF8058" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3ABC4FF5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDB97BE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="65544078" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5943E4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C3A2CF5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="178E62F0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EDBAC64" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C76543F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C7135B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="728AE487" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E25BE70" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="556E019B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4907A12F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78408D2B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="44BF6164" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F74A01B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7D080095" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182F24D2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="370B4A5E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="7631FCB5" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="32F62917" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="347"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31319CBA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="34D840E5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57565C31" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="673E7212" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0028490A">
               <w:t>Музыка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="271BAEBA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="61AB176B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C0AD0C3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7BAE5FE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F7B5B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BA105D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B02DE1C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1B68FD11" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="780FADA9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="25C13C6F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C863644" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="01383E34" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13DC8A93" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="65B6F621" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EBCE1E7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="370D3465" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F330CBE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="109FD4EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="647CCD35" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EB8071F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D95195" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54F6229A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="061B871E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="019A4ED5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="691B3009" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="17CEEF8A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530EB491" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="78C83069" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="021E842E" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="7D8E3DC0" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76B8AA61" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="289319AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="256D4A8B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E4C8572" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Художественный труд</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Көркем еңбек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CD18159" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="48A83577" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5C1EC8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7817E1E8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3515A46A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="47426CA7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A515478" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A4F27BF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D2250E4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="29B4A580" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="688617BD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="123DF48C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B49907D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6DDB588D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5038FBA7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="12E1142F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="351B1367" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5FD00565" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6AC4392C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A6BE7FB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D23643" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="28AF5E6E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F7863C3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AC6580F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1897E4E4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="562D16D5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1634C962" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1AD1CC10" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="13046B5F" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="4BBE70EC" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67C18870" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="54E3FAF1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="069C2595" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="491EC3B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Физическая культура</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F5A7708" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C465CD4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9546B2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="726410B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C5FDDE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="03E17B26" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A91A5E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C3E054B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D65777F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="725DF9B1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08A5F378" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1A40E76D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6179FC23" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46FAF845" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FCAB7BD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="25134755" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF78C27" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6FA460AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39C87A60" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="101D6354" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0B9648" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="527853DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66912717" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D36815A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69957C83" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F0D56C0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26D6A1A8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1DC5E3BC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="7C386CCF" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="70688D66" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="325" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B97DDFA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="63FEEE77" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C2B77B7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="460F382D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Физическая культура</w:t>
+            <w:r w:rsidRPr="0028490A">
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A9C94A7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="50EAF43B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53FF972B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="60A86C20" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5737EC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3848E8A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20091069" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6012577C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16C73E0D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3AB323D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A42B26" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0571AE65" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59183402" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="753C0545" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10901D73" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1AA32B32" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C68DC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="00BCCBD9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7339222A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="65E4FD86" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71E0AB87" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CDEF8A4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53214710" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="30F56D4B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB015BE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="526E952F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="043EE734" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="775E1C17" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="183D021D" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="09D2EB46" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BB346E0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="76056362" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Инвариантная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="005F2B9F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Инвариантты оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47B2B4A6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="47C2A501" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC923C4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="114101B1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="186DD96B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="05EA8D1D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="493A8EB9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="123452A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66823987" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C537E39" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE5E695" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2A1E3B55" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACBA33F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="64D6F1A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41425572" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2500D82D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28D4BAAD" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C7207A5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="040A4489" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D9C21DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F3EC67" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="59CB8B06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60C0DA79" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="70A1556B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="618A307E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7856EDD1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D733821" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="39EE662F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="3EF39392" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="3388D590" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10673" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7786C7E2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006D2C4B">
+          <w:p w14:paraId="7B9899DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="0028490A" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0028490A">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вариативтік компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2853D7C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Вариативный компонент</w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="01E8773A" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="3866FFE5" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="2171269A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2375D5F9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Глобальные компетенции</w:t>
+            <w:r w:rsidRPr="001314D2">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаhандық құзырлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CE29E44" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A9E7111" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDE52A5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B64A18C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="281569C5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E9641D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58877EB6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7567AD1D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6114E548" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="25692899" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79ACDAD6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E47412F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77544238" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1E9C8C7B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="767D4F8F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="76C60D71" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40620C79" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="26FEA230" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C854A9D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="11A0C1EA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708C158A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F3BE381" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49234B4A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1793C03B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006D2C4B">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0C2EF8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1A424E49" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7072DF2B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7CC1F87E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="612D26AB" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="20F4F127" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="4E329043" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6273D36C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D2C4B">
-[...3 lines deleted...]
-              <w:t>Элективные курсы</w:t>
+            <w:r w:rsidRPr="001314D2">
+              <w:t>Элективті курстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="04D529EC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1082D145" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B5E31C" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="05A30149" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD64844" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5975105B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="239F4128" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B014DCB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F93626A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C1263AC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44334FE7" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6886B24C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8D311F" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1272EE58" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66A27B27" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E2E6C8D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="025B81FB" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="36073B1C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B962280" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E736B80" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B63157" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CEFEE88" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D8FA0D9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="006D2C4B" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B9EB9DC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006D2C4B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1A9604" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="734D20AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38F9C5FC" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="70EBCBC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="5F2B277F" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="1A29AF64" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="1C314AF6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD41BA3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Вариативная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="001314D2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вариативті оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A1574DE" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="37353E71" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143136A7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="10A94334" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0A5B84" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4883E6AD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B65AF4C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="07354AF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5702B001" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2289066C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D26F573" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7DC83546" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA30382" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="04B0A8AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ACA7E0C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0843E492" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25527AE3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2FA461D9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="684118D9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="504A8D22" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24633A7D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5715403F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DC79858" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="654E8421" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2C0DA8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="102FDEA0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E14CDE1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="177C648A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="006D2C4B" w14:paraId="31FC7F6C" w14:textId="77777777" w:rsidTr="00222615">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="006D2C4B" w14:paraId="76DFE067" w14:textId="77777777" w:rsidTr="0040434C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="15972F85" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3A5E14" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A83883">
-[...5 lines deleted...]
-              <w:t>Максимальная учебная нагрузка</w:t>
+            <w:r w:rsidRPr="001314D2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғары шекті көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6406C8DF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7637FB6E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7354FEC1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5CB5A6D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBE39F6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3FCD8381" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02C251FC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A3AD510" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73CFEC30" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E0CA18D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA4DDC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="559E76C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71DC30AB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B3FF1AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2743FE1E" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1F27994C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>32,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7678913F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D30C077" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>32,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A69219D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6254767C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>33,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3B4418" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5D526A68" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>33,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42B05889" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3DC8FF2F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02415784" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00A83883" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="62F27B06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00A83883" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83883">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC70AF8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00FE3E8E" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0B6683ED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00FE3E8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>408,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EB12CF9" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00156E83" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="05B0D04C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00156E83" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="73E9B417" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="6B33B744" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37F72E74" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="3A0AACBB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="332C8E05" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="469153AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E172506" w14:textId="20BDFA00" w:rsidR="00222615" w:rsidRPr="00CB1F87" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="50441A91" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E21D02" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3C28D9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FBC1D24" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4230"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB1F87">
+      <w:r w:rsidRPr="001314D2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқыту орыс тілінде жүргізілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB6E091" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4230"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001314D2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаратылыстану – математика бағыты бойынша жалпы орта білім берудің оқу жұмыстық жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D2097E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00CB1F87">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>учебный план</w:t>
-[...83 lines deleted...]
-        <w:t>на 202</w:t>
+        <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F87">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F87">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC7C7F5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="0CC3196B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение </w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B2CDE7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:ind w:left="-193"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7040">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012 жылғы 8 қарашадағы № 500 бұйрығына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>88</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к приказу </w:t>
+        <w:t>-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444EC30B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00DC1F75" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="6D91DAF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00CB1F87" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0040434C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                            </w:t>
-[...63 lines deleted...]
-        <w:t>412</w:t>
+        <w:t>жаңа редакцияда – ҚР Оқу-ағарту министрінің 30.09.2022 № 412</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9341" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="665"/>
         <w:gridCol w:w="4667"/>
         <w:gridCol w:w="2422"/>
         <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="40FB4894" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="1730930A" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="56D493B4" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F8999C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="34333AE8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2CDD7116" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>Образовательные области и учебные предметы</w:t>
+              <w:t>Білім салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6799F1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00156E83" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46483441" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001314D2" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00156E83">
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сыныптар  бойынша  жалпы жүктеме, сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B098498" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00323F5C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Недельное количество часов по классам</w:t>
-[...26 lines deleted...]
-              <w:t>недельная</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0093587D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="3D9DB802" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="7F35E96A" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="031C2831" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D85959D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6A3E8BC8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="48C97D9A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C856965" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="74E4676A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2529548F" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="796051FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="5A435104" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="01113815" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="66A8F832" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5248829D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD3216">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Инварианттық  компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C7ABA9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Инвариантный компонент</w:t>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="01AA43B6" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="26E7C8F0" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6387DB32" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0CA12E43" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E786F66" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">  тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D565DBC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4667" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6DF0F7B6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45569D92" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Русский язык</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="4E2A8449" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="73FA983F" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF452B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="251467B8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADBD117" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Орыс әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF131A0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4667" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67152545" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2909B1E6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Русская литература</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="1844525E" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="53DDC012" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5021C254" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6FAFA4F7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40589024" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Қазақ тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209E8B06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3A28FA3D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r w:rsidRPr="009D015F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4825C4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="009D015F" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Казахский язык и литература</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="33143CCC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="54FE230D" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10189A39" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="7D1E53B8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7EAA3D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Ағылшын  тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0955AB53" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="1AE1276B" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369A355E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Английский  язык</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="2533B3B7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="27527EB5" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6D1FE6" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="349383A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2DDCDC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Алгебра </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="376D8077" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+              <w:t>ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не анализ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бастамалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7E92D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Алгебра и начала анализа</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7EE61AC3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED39D9D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="0926CCA2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="3FB5215F" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B822FDF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22D3A419" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C736749" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C4B0B5B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Геометрия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="524E3D3A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="55FF6558" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8FAE84" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="41DFBF27" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="7042BEBF" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="46B2FF6B" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30850BB0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="22CE0A10" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1E388C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5564C567" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516C5C5A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="15F5E619" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="451FCE86" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="15891338" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="676DC08A" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="0C222CAC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9C9DF2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5BFD8EED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="526430CB" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="2960F8E2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42CA5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68B0BA74" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0838C754" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEDE4C2" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="05439119" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="587624A8" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="6839ED04" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788054B5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="16188BFE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3E9724" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="46BF4A04" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723935CA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="338764E1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17D16E03" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C35D504" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="46611D23" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="0339A8F0" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47692A61" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="1146A852" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288BB3EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EB3FA8C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1281E856" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="399FC5DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBAD3EE" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4176BCE6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="68F4321F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="14E41389" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16A7B317" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5612A972" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8E37FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="24FB6557" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0705C7" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B6B8CCD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1175A2D3" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="48057847" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="457A5DF6" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="1F53A2AE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B33B550" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="0CCE3D26" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0C8E21" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB57215" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="09BFA70A" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE6979F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>История Казахстана</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="07D2AD16" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="1A552E55" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02738408" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6694A0AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE5519B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E78A70F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="249CDC55" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25ADDF1D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Всемирная история</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="30F76997" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="63244DAC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3846E2CF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="50DF41B4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE87387" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A4D36B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="1277F36C" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554F6D63" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Основы права</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="6CE180E0" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="7AD818EE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9A8D31" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="02C4B01B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA4AF82" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEDF4CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2A274148" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D566DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="1CD0055F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="05290A5A" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2219F6E8" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4F414AD6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E0CEA2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Алғашқы әскери дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4963DCFD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5921DA8D" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+            </w:pPr>
+            <w:r w:rsidRPr="00E42CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1721C256" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CA5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Начальная военная и технологическая подготовка</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="461FDD85" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="5C2D7A8D" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="736ACEB2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="127EDF83" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572640">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Инвариантная учебная нагрузка</w:t>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="638883EA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="28515CA3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07398E97" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="545BADF5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="0FF4A497" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="5A42EA09" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8206AA" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="57C3584D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572640">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1F5D15" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Вариативный компонент</w:t>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="17E61F88" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="5747762E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="375AF4FF" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003F335C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="54193B67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572640">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаhандық құзырлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6708B9FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F335C">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3775A0B2" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003F335C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D3AAAC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F335C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="46F37F41" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="328FA9FC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="72545C73" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003F335C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B8D998D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00646B29">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Элективті курстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3248A412" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F335C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Элективные курсы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="296BA2E3" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="003F335C" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CB051B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003F335C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F335C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...26 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="101C982A" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="11B708DD" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0665B79C" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C7905D5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Химия в задачах и упражнениях</w:t>
+              <w:t>Есептер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен жаттығулардағы Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07418ABB" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="59E19BB0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7873DE1B" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F1E8A93" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="75173A52" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="00EAFEFE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34063B88" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="35DBC97F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572640">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>Вариативная учебная нагрузка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2693B0" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00471433" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="4BCDE45A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00471433" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58FCCB7C" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="34BE3B05" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222615" w:rsidRPr="00E42CA5" w14:paraId="4DE2C146" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00E42CA5" w14:paraId="445D3D78" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5332" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="172559AC" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="52451763" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572640">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Объем максимальной учебной нагрузки</w:t>
+              <w:t>Оқу жүктемесінің жоғары шекті көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEDD4F5" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00E42CA5" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F9F04E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E42CA5" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="550F7AB1" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="00A251C8">
+          <w:p w14:paraId="528B4830" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F1D86A1" w14:textId="77777777" w:rsidR="00222615" w:rsidRPr="00481D0E" w:rsidRDefault="00222615" w:rsidP="00222615">
+    <w:p w14:paraId="480BEAE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00481D0E" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="076FF138" w14:textId="77777777" w:rsidR="00222615" w:rsidRDefault="00222615" w:rsidP="006C0B77">
+    <w:p w14:paraId="6DA297D6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13CB968D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="2B19CA1C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41B3A9D7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="0B9406DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0FFAE2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="250AE484" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3925750E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="096DE2B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78E6B62C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="6D51C9DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62768184" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="0A7E762E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="595961BC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="7DCEE53F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16114013" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="25330420" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="103D20EE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="689AAC53" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="689C43F6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="5E45E92C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="605DD4E6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="4E97BB0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F4AB54B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="66A133EE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C380DC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="5905FB67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C11004F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="3ED7CF42" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F81DE9F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="6D48C489" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484A14E5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="339C0D11" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59BCE05F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="255EDFD8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="019058F9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="66CD8EC1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="005D5630" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0040434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқыту орыс тілінде жүргізілетін психикалық дамуы тежелген оқушыларға арналған бастауыш білім берудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу жұмыстық жоспары </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="568E51B2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C3574C" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="76EA7A72" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001950FB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C3574C">
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Рабочий учебный план</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="001950FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C3574C">
+        <w:t>2023-2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>начального образования</w:t>
+        <w:t xml:space="preserve"> оқу жылы</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="001950FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">для учащихся с задержкой психического развития </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759BE8A6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C3574C" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
-[...35 lines deleted...]
-    <w:p w14:paraId="1FA8E26D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00DC1F75" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="1C685CAE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001950FB" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="001950FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> к приказу </w:t>
+        <w:t>Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D033043" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00DC1F75" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="6AB83D06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...30 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001950FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                  </w:t>
-[...55 lines deleted...]
-        <w:t>412</w:t>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 5-қосымша                                                   жаңа редакцияда – ҚР Оқу-ағарту министрінің 30.09.2022№ 412 бұйрығымен  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4621" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="624"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="616"/>
+        <w:gridCol w:w="5033"/>
+        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="933"/>
+        <w:gridCol w:w="933"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC2141" w14:paraId="38ECA4CD" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="19DC3309" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="653"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BC3E6BC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="390A09C3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001950FB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65778706" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="51255DF9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001950FB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="001950FB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Образовательные области и учебные предметы</w:t>
+              <w:t>Білім беру салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3583CB05" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2192F506" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001950FB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="001950FB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Количество часов  в неделю по классам</w:t>
+              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1C10507E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00AB5D5C" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1DCE994F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00AB5D5C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5D5C">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Недельная нагрузка</w:t>
+              <w:t>апталық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="1843B7E2" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="68A3EFEC" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="287"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="697B1AB2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F9E90C0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32BC10C8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7123DD3B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73DC94A1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="07EB0537" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="703EEBBB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00676FBC" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E33CE4B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00676FBC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38E65FE4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00676FBC" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="047DFFBF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00676FBC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78F98A83" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="70C8F676" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="1BE77178" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="117C1E97" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="331"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78F208FA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="74380FAA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Инвариантный компонент</w:t>
+              <w:t>Инварианттық компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="784F61A4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25BDF248" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1861D67A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="03048203" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C6DD092" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EFC5600" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="74372091" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="6FAB05BE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18F8C8F6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="61AE3024" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B4239F8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7279B223" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Язык и литература</w:t>
+              <w:t>Тіл және әдебиет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56B6A633" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="41B3D97B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3812DAD4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2BAB2BC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4661CADC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="60BA96C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30B03D94" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7137404F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="43ACF007" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="5B146B2E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01E957A9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F082B5C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FD4A0F8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="47741A19" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Русский язык </w:t>
+              <w:t>Орыс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B303B3D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C1A1B54" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="145D685B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20975516" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E7932B0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="68A7F239" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A9A7CA7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E046E9E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="1EFC7175" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="5F055BD0" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C8122D2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="39609E00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6121A9CE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A9A3B1E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Литературное чтение</w:t>
+              <w:t>Әдебиеттік оқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="637C23AB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="19DAD4ED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C713D2D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B275891" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F44A9F6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F7DB607" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58390833" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="04BCEE0F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="6A4B8DBC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="7D19B53E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="214"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="559962AE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BA01466" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="786B8A7E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="773B8516" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Казахский язык(Я2)</w:t>
+              <w:t>Қазақ тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50AD0972" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="416D9CE5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1950360E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2528D96E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3536702F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B2A1B71" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="047A7E4A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="096B86A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="563D6FD1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="66F08284" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F894F9E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E4B0009" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01C056F0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7E4D447D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Английский  язык</w:t>
+              <w:t>Ағылшын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AD3F673" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="75496CD6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40A27BA3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CE150A5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="346DEF3D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0ADF8A02" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="787FB486" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CBE2DD1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="04099A90" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="6D13B3AE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DF77793" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="33CBE8C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69B3034A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="30AD160C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Математика и информатика</w:t>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C74A8B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13921344" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B338D58" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65F9C1F6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="03C251A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3992E54A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="50C2F757" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53732970" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="62979A9F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="02395E52" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="7D9AF8A5" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="208"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F7B36DD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="27E105F6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34F4B119" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7EAE69A2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A3AECD1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="04175FB2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="319BD482" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0FBEDC40" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42345D1D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="281439A6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DE4EBDD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2AF46A33" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="0502C954" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="4EDBE705" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="297"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DE42BF4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D41D524" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65772A60" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00291587" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="219AA204" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00291587" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:afterLines="20" w:after="48"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Цифровая грамотность</w:t>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Цифрлық сауаттылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27A183A9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4446486C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A44BB9D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="57553053" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39DE7258" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A2BB8DD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25D55AA2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A5FF8E2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="09957953" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="02974798" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56F25223" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="653A7A77" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2945F284" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F79044B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="005D5630" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Естествознание </w:t>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B7577B5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="30A67BA7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="647E5F13" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7DE2774D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F1253B6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7407C9AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D2257F7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="69D09955" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="5D04E09D" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="1D20378C" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="465C096B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="00A25369" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53E2246A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6E6697AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Естествознание</w:t>
+            <w:r w:rsidRPr="007E6DD7">
+              <w:t>Жаратылы стану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="259BC87B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="70D5789E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6466E595" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="48813C02" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A82693B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20E8073F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="580BF00C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="006AD2A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="7F7260E6" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="359BB1E2" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F29C23A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="77FFB865" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="200CE0B9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2851EB6C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Человек и общество</w:t>
+              <w:t>Адам және қоғам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2915CEC8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="69C15FAE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44AAA3A0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A80810F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61540A37" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6EE3F709" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7018B8B1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A890543" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="16B2C77B" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="1F92807D" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="235"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61FC4878" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3103FD13" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2675199C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="011090CE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Познание мира </w:t>
+              <w:t>Дүниетану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75642C5E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="738FEC93" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F0702EB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7373B704" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B07B315" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="39410452" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216E11EF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E4F9EF9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="0F35D6DB" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="1F91F104" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="639B825D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="52580091" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE50AF7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="151AAD9E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Технология и искусство</w:t>
+              <w:t>Технология және өнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70E2961F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3B83524D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FA60EC9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="37F92DE3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="609201AB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D62361A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C56F65B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BC27F13" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="2B99A26D" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="743AF827" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F804236" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CD7FCB2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1678E35E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="45061520" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Трудовое обучение</w:t>
+              <w:t>Еңбекке баулу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36B74725" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="15654C03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3031208C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A21CB54" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67BA66FC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D825738" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="750DC05D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C58C2ED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="426EED63" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="4B366C17" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FF90624" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="154EEC54" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F6D650D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0FCD053F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Изобразительное искусство</w:t>
+              <w:t>Бейнелеу өнері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32CA72A0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="474EF43D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B9C21DE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3AFCA466" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FCC0EE6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="093BA789" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="626471CF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5096FB60" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="749928FC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="66F70B48" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3495CAFA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="01DD7C83" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7198B4C1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="28FE4C03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Художественный труд</w:t>
+              <w:t>Көркем еңбек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A5B4B73" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EB6DF31" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B6A2DA7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="089D2BF4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63664651" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="10ABD841" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65A48BEE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B93FA53" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="507BA6D7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="5BA3B1AF" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32C65198" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2E78ADC9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D350C68" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="66AFCFAF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Музыка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7729E9F7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="01BF5A59" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E01900F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="24F9BFC8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D005582" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C3F1F06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50DD2FB2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C95D89C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="67A83B4E" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="6547D0FF" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32BC6484" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="31E47EAF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0068F0B4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25DCDFEF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Физическая культура</w:t>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54E6C736" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25879DEE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="347547B3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5EC27F96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="124C612B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="66A58C4F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17385882" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7804A556" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="0E83A807" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="4CA78416" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF81580" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F29B11D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="375D9423" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D7C5D48" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адаптивная физическая культура </w:t>
+              <w:t>Бейімделген дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C08C4E1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="37137264" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1775AE21" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="00183B00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18A5D8EB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C9C2C38" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D7F7A4D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E59232E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="4A21673B" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="6BAAB0FA" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BD1D607" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="51831ACE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Инвариантная учебная нагрузка</w:t>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C0CC14D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2DA8305F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4060A36E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="285476B1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="566A818F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4B5A3765" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EF9398B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F0C0863" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="71D1A6E5" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="5214267E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E822530" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E54600F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вариативный компонент</w:t>
+              <w:t>Вариативтік компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61D98BB6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="55F5CF07" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="640C6ABA" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="6F827DD8" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12FCA0F8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A159FA4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Предметы</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> по выбору</w:t>
+              <w:t>Таңдауы бойынша пәндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00B814A7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A9A37AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30FCF3E1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="69571DFF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7324D4D4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4E26AF48" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6705C967" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D1F295C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="63B38762" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="02C098F8" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B675A81" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="003E1D15" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C22B5FC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003E1D15" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E1D15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Математика и логика</w:t>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E1D15">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> логика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5707E725" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="003E1D15" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5AAC81C0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003E1D15" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E1D15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="653B5FF0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="26FA90AC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31DC70CD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00D02F85" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="758CDBDD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00D02F85" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70E0308D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="37DBB522" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E91E6E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="13AF7A2D" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="54D6D04B" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="795DA5AC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="31B91DBD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Максимальная учебная нагрузка</w:t>
+              <w:t>Ең жоғарғы оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18A9A6FB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25B6A59E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F77A973" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AFC7397" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CAC7871" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="71EB55D9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F9574D2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C49588B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="68303D31" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="766986B7" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:trHeight w:val="375"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEEDAAD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5001BA91" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Коррекционный компонент</w:t>
+              <w:t>Түзету компоненті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F47FFE1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D5F2709" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="0E76BC77" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="7215E6F8" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DA87491" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="496223D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Коррекционная ритмика</w:t>
+              <w:t>Түзету ырғағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="628CAA80" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="55052D8B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4975E9CF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="42B109CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B9786F6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CD21BA6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F216044" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="437B73CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="29FCA10D" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="7171555B" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C28D7B3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4D4AA916" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A68A4">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Коррекция недостатков развития речи (индивидуальные занятия)*</w:t>
+              <w:t>*Сөйлеу тілінің даму кемшіліктерін түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45E7F041" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="44458789" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DF8BBC3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3A6D64BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A68A4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4812FC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="11BE9BED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0D4429" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="587090D6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="4B441827" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="61D7CDAA" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BBB467D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00463B92" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="23E46851" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00463B92" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00463B92">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Индивидуальные и групповые коррекционные занятия по восполнению пробелов в знаниях</w:t>
+              <w:t>Білімдерінде жетіспеушілігін жетілдіруге арналған жеке түзету сабақтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8C104A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00463B92" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C82A067" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00463B92" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00463B92">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A59A96C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00463B92" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A505302" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00463B92" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00463B92">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC55319" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00463B92" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="468D210F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00463B92" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00463B92">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4911CF22" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00463B92" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F3A122B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00463B92" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="7699B2EF" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="05399094" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E5F70FB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2EF9EEFE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Английский язык</w:t>
+              <w:t>Ағылшын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E7DF45E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="45523FE5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4114BA47" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7F6A01D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A68A4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="533B00A5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20D48FA9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1994A564" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="15980D0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="3F5B8FC4" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="3BB06A04" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01727137" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C6C43FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Литературное чтение</w:t>
+              <w:t>Әдебиеттік оқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E6DFE29" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="307888DD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBC20B1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1B276539" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="583F1BAD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5162F480" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08159757" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C4AC690" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="283FA127" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="37CBF4C7" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36A71DA8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="79DFDDE9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A68A4">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Русский язык</w:t>
+              <w:t>Орыс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44298C80" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1C513845" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FFD582" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="72E87605" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59AE88E2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B049E8B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17C629D5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B4316BB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="36A15507" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="5CAD0000" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C1627AA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="267A3EE6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A68A4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68FC7E12" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3ACBD7C5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397D6629" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="39216EB8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AC502C5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="52A14DA1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13080B2C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="112BE997" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w14:paraId="0FCF038D" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00B32D8E" w14:paraId="594A9F83" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6647B04D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="001A68A4" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="73E5D80A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="001A68A4" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Казахский язык</w:t>
+              <w:t>Қазақ тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6743741B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="539DE1E1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21CA0C7F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6AEF6474" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4E3210" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7CEDAFAC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55E3660E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="45794B4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="01085EB1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="36E4E7C3" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13C7F13F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1ED65CED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C74A8B">
+            <w:r w:rsidRPr="005D5630">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Коррекционная учебная нагрузка</w:t>
+              <w:t>Тузету оқу жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="787EBA20" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20B7BF00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30B75F54" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="442720BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05D0DD2E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C1FE647" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38C1E203" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5ED1EFAF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w14:paraId="50A39343" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w14:paraId="57EB2B60" w14:textId="77777777" w:rsidTr="00046A95">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3925585C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="069BFFDB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C74A8B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Максимальная учебная нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68BB93C4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="29B32A22" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F20C368" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C74A8B" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="59642F52" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C74A8B" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26F55AA1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="737835E0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DA2910E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="65B7D174" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E554EA1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="73EBF2B7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4BA7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B62F70" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00364A28" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="3DCB4573" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00364A28">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7D4690F5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00364A28" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="3A342711" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00364A28">
+    </w:p>
+    <w:p w14:paraId="7DCB8C4A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="005D5630" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">основного среднего образования </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0040434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Оқыту орыс тілінде жүргізілетін психикалық дамуы тежелген оқушыларға арналған негізгі орта білім берудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу жұмыстық жоспары </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17340CD4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="04D20047" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876C2E">
+      <w:r w:rsidRPr="00BD5DBB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>для учащихся с задержкой</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">психического развития </w:t>
+        <w:t>2023-2024 оқу жылы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DCE460" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="07614DFB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...42 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:bookmarkStart w:id="2" w:name="_Hlk145407400"/>
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> к приказу </w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718C3D0B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00DC1F75" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="3AF953C6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
+        <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Министра образования и науки Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> 2012 жылғы 8 қарашадағы № 500 бұйрығына 10-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0ED5CB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00DC1F75" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
-[...15 lines deleted...]
-    <w:p w14:paraId="502C9DE5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="002C16B4" w:rsidRDefault="00DC2141" w:rsidP="00DC2141">
+    <w:p w14:paraId="0A0FB89C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="002C16B4" w:rsidRDefault="0040434C" w:rsidP="0040434C">
       <w:pPr>
         <w:ind w:left="-193"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1F75">
+      <w:r w:rsidRPr="000E7040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">в редакции приказа и.о. Министра просвещения РК от </w:t>
+        <w:t xml:space="preserve">жаңа редакцияда – ҚР Оқу-ағарту министрінің </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -34287,7925 +32755,8101 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1F75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>412</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10457" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="674"/>
         <w:gridCol w:w="4391"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="16101AFB" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="52C2DEAD" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB2292A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1829FECF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01DBB">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE21B54" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1E20FF47" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C01DBB">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Образовательные области </w:t>
-[...15 lines deleted...]
-              <w:t>и учебные предметы</w:t>
+              <w:t>Білім беру салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38AD125B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="72EE037B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:ind w:firstLine="177"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C01DBB">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Недельное количество часов по классам</w:t>
+              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62A604B9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="30088AD5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:ind w:firstLine="177"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5D5C">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Недельная нагрузка</w:t>
+              <w:t>апталық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="7285A34E" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="7B77C061" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02E7C6A2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="18E56FC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10BBF837" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="34FD484F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="162E14C7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00676FBC" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="73CBC893" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00676FBC" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C07C23">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00DFC2A8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C07C23" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BDAB359" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C07C23" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C07C23">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="233B4887" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C07C23" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="401F5897" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C07C23" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="345A1DF0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C07C23" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0D966B0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C07C23" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>8В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="003B5CB1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C07C23" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5E95B587" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C07C23" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>9В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="005F9BA1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C07C23" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3061D3C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C07C23" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EE2167D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="34069465" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="5FAEF9DC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="650D96CA" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BD6EB96" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C1C3356" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C01DBB">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Инвариантный компонент</w:t>
+              <w:t>Инварианттық компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F18A3E5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20EA4BE0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="838" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F547030" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="576D9DDA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6560E622" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="234D86FE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51699A91" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="70408D18" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5B7BF3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7771D537" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00C01DBB" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="400AA6A4" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="57A00DE6" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B44BEE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="555EAE4E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD1CF96" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C51C7E5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тіл және әдебиет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="586E62B3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Язык и литература</w:t>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DCD43F2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66B4695D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="323AF572" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AE6D608" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24ADAC8D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35C1672E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="4A79E167" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3242279E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF6A3ED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FB9888" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D1786A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...251 lines deleted...]
-          <w:p w14:paraId="087DEEA7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A958810" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6239238E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6591AE05" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4515E2D7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20CDD859" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73AC2D4A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="13F1A2B4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F527242" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="37FB9B19" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="09670EF0" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="3089EF41" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B2CAF9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="40C905A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7421B1E8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7AEAE4AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орыс әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2053E192" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Русская литература</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="4BB3105C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D016957" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AB99EDF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4A331D80" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E10BFFB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25FF8ABF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23A1DA79" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="577A93A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13472914" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="147F7ECF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BFFA4EE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A307874" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="72900B38" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="4448D87F" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B4C3CF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="36AC66DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC8C600" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0EF2BC06" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Казахский язык  и литература</w:t>
+              <w:t>Қазақ тілі мен әдебиеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1760B3C3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1123EB34" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73DCF76F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2A02E622" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F0D54FB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C4381B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D822489" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="54D326E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44C05F48" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4387A629" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="231419E3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00B32D8E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="45FE489D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00B32D8E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5531CCF1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="47348115" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="064F7B30" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="196A32CF" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0B6319" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="39A6601F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE58462" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3EC252E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF2AF33" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Английский язык</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="66147652" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C37FE1C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CB52BFB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B1C560E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D65338B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="391E47C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E7742F9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="59B47E53" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00511E62" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7C5F189B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43073380" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="673FE612" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="78E73EE3" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="6C30677E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32359F74" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1A2BE2C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E32F5C3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="20A6B864" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Математика и информатика</w:t>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="140B24C4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="36FCA999" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A8E2E66" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1603212F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B96C591" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="111CD04F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3225FC3B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="19701E13" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="764A31E1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7D3E7B4B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17688BC3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="610CD585" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20C6779B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="44683119" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="0A0D26C3" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="34EF4F90" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A64728A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="17FF3DB1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8AFD82" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="35EE7EF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="212C5B37" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="19890D57" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DB4118A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="39D18D03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4011BCB1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="371B6DBA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="038098D0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="324D56E8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7773141D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5C0BD00E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14D7915A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C3997C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CEFE411" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="587FABD1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="7DF587E5" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="4C5D9B87" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3594BE5D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5BCC0A99" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2657C01E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3DBF6DC4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r w:rsidRPr="00224DF3">
               <w:t>Алгебра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F71F992" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="73E2DE67" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22801222" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="617B0C54" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26446FC1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4894D68B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A800AF1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="10F77F25" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D309280" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="01D57075" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B70EEE7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7447ECF3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5689C273" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="065A2C2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="2B7E9303" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="50D6CC21" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6B5F64" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3E247A70" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65375B43" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1879DFD9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r w:rsidRPr="00224DF3">
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17B514AD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="168D5469" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18E6E394" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="46EC0C0C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CB5571D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="68970245" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03DBF624" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="043F1013" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="287E6745" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="025857D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="144C91A5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="122D6ECD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="587C16AB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="740076B4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="1AD983F4" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="77AE6743" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DA9B5B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B61E7D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A86AD8E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="560781B0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BBCDC9B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="79071653" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6767ECBD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1FF062BE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F204FA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6408DEC6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17B59708" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="43574445" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C6FC7D4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="05E2EBF4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5751D326" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D829DCB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="791E4F6A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="46EC70C1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="0001ACE7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="78E2AB95" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A7F797" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="78BC7CA8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D22E6D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="72073B07" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A708171" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Естествознание </w:t>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6922964D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EED0866" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="166817A2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325F6EF4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12305CF6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="646B066F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="2C89C52F" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADD7C79" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFD05DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="154BEBE2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3ED63225" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CA5003D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3A4E86E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0106F46A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...197 lines deleted...]
-          <w:p w14:paraId="7E25A9C8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="71999D4F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05EF6249" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D34E0A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B9A2B1D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="609B315F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7474D1E5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CC1E706" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40A540A4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="75C89F07" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="707C6778" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="04336044" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094163C5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C5E5672" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9D2B8C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A271A00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r w:rsidRPr="00224DF3">
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249C6F6E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="191D2986" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="206B9313" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0ECEC403" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59F5F7A6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D4261C3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C2A7A8A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="66AD31EE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14ABD4CE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1D616B3A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F0FA00E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3D5B5BE6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="357BFBEC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="74E1597F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="51C6F4C3" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="22C6BA9A" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9A6585" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4200BF62" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11359422" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="31BAF2A9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8096B8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6BFC11FC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1322FDCB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="404AF386" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="406F0C45" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="166D22A4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F367D64" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="73D6A193" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68756CB9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C0186DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BD8D7BC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="319F3C2D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48D94207" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="44D4622A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="203D3AFB" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="6D5E6A97" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A8BE18" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3CF17B84" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C919614" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="171C3B11" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="583764AA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3112B2EC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="601DC112" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3566E6F8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7084BE48" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="47B78CC3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F84BBD4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="679FF86B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12268E9B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7F0A0A11" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C399AEF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3F312F47" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78F9BFBA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5CEF8F6F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="2953A41C" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="15872B95" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="680C8520" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5A2C17D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435C0394" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="689A9B98" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C020E45" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0E4FFAED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35EA4E2D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D5A0E5F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78C5D768" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="72E615CB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58E5A06C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7FDF114A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C4841F2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2BA75086" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B16E4A2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4CC8FC45" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="384E27A5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5582C9DE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="5C0ED8F5" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="11534DA2" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB7E5F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7D9FB61D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01BBBED5" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="731A5F35" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Адам және қоғам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C36B04" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44ED4E8C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EEB1F62" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1FDA39" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A03C4ED" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA69AA2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B86E6DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="13178405" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D5ECCF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Человек и общество</w:t>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EA9A71" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақста н тарихы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A94AD53" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4333A157" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC15A9A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ABD9CA3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672EF91F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10180749" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04DC3A03" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FAA4B4D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="7B39E662" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08306C64" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BAF120" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дүниежү зі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C12653" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56E825DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23010506" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="792A6F13" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF41912" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E72BA68" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6265ECCA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="6F9CB0D9" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7748381B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="289D636A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:r w:rsidRPr="000E7040">
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FB99DF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="274ADAFA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DBF6FEC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3435BF66" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CFC7FE7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DC37E35" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FCDA76C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="4268F5F2" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69397422" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C292D91" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Технология </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C5FF20" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54CA089E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="70D9343B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65B98078" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...8 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="57B5B1D2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70739ED3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EA1072E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="229D3360" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C89E2E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="6FD120C1" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB01756" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317C1097" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F953C3B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B34994C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BE9C7CF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18826B17" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...10 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="62A329D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E530F9F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2887F3B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="029CB30F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="508DED30" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="08E81B2A" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E2868C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41507B35" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:t>Көркем еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47936BA2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D94F559" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56954CD2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38B0E6F0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75984613" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DC52C47" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="404096DB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...44 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="19F1CC8C" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="499C0881" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40A618BA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...10 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w14:paraId="4B66D84C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0F7CB9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...1029 lines deleted...]
-          <w:p w14:paraId="2D297FA1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4384C4BC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r w:rsidRPr="00224DF3">
               <w:t>Технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C11FFE2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="577C3411" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49924403" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="52E64CDC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B4808CD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="681F8835" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65864E8D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1CB955DD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C806C42" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0D1FB563" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C6158B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="147E4FFD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B3528D2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4CCF5927" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="77CEB068" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="695E7432" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="674" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540BB998" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="01FF26D1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60DBF022" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3480CD42" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4F32B2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Физическая культура</w:t>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1558BFB7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08BF9C49" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39DB56F7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EA40F48" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66EB16EB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63DB2670" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="064060AB" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679C9660" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D41D682" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7098221D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="61CF402C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1761A39B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="66DDB711" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17CE2889" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="62C4F445" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AF5BE39" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="38DBE6E4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="208F823A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00364A28" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="67357AEA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C83A5AA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00364A28" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="09B944CB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2177463F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2390D4CC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="7A9B3B71" w14:textId="77777777" w:rsidTr="00A251C8">
-[...174 lines deleted...]
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="3E9506DF" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="48D3FCAB" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="304455DD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6EC92954" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Инварианттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="364377F9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="489EC3D8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="555E5A0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DCC1707" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...19 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="1FB1B9AF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="002D25F3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="699C2E0C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...16 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="5F1597AB" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="279F7FA4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...16 lines deleted...]
-            <w:tcW w:w="709" w:type="dxa"/>
+          <w:p w14:paraId="5A686465" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CF08508" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...45 lines deleted...]
-          <w:p w14:paraId="165B1082" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="71E066C8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="43FB659A" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="19C4933E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="763562F7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="07910943" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Вариативный компонент</w:t>
+              <w:t>Вариативтік компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79228248" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="621CFA59" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BECFB5E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0CBD0C37" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D741EB1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4B8A5253" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ACA221A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="14852AC6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="778B02F4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="53C6A1A1" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AFD3DBB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="06338412" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="503608C6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="015E4D35" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="4CB0D632" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="151B7074" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E759E56" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="255172B7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r w:rsidRPr="000E7040">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Элективные курсы</w:t>
+              <w:t>Элективті курстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21481778" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="40AA9682" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65B92258" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6B5CC803" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A677C50" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="617207E2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F18C395" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6EA55F69" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3413FFA6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="594A3814" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E4358F2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0F5637B4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78B82D5A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="79A39F19" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="1AA84D8E" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="24D016F9" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="371629C9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00412586" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="58B5DB0B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00412586" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Қызықты грамматика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684DD3E4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="53A12B15" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC6C3CC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="68FEA8A8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40522726" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0C9921AE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AB4C5EE" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="69ADD238" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="741A0F3A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C66AF85" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26C7271F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1A6860DA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41349E43" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00E91E6E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="31585560" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00E91E6E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="6E05889F" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="5B7F0622" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="45B3F290" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-            <w:pPr>
+          <w:p w14:paraId="5E0E12CA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B7093">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Жаһандық құзыреттілік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF3C265" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Глобальные компетенции</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="236D5E13" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7595EE" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35BEB7A0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="50057AE4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D4855D7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70973BDB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B121137" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="74E02C61" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F2B4B69" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00364A28" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
-[...26 lines deleted...]
-          <w:p w14:paraId="57136DC3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00364A28" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF8F295" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>0,5</w:t>
-[...44 lines deleted...]
-              </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="6BB09ED7" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="34B82FB3" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65572E8D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="331B358C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:pStyle w:val="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>М</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224DF3">
+              <w:t>Ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>аксимальн</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ая</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224DF3">
+              <w:t>жоғарғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> учебн</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ая</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224DF3">
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нагрузк</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>а</w:t>
-            </w:r>
+              <w:t>жүктемесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CA1BB8D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="35E2049E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>27,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43A4F261" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3AD7E330" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>28,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29F34B21" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="07336E59" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>30,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75960D4C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5B1D11DD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>31,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1889146C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="05433AB5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>32,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DE137CB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7F2FE90C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2426484E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6C0C7382" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>183,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="5196F0B1" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="6441BDBF" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71CA9B62" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00224DF3">
+          <w:p w14:paraId="190AA80B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B7093">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Коррекционный компонент</w:t>
+              <w:t>Түзету компоненті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B7F36B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="48DD6272" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20020A3E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="70168EF2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="094FB31C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2C76CA75" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="51797A92" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="2BAA012E" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="269CA6FF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="49194105" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003B7093">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Түзету оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68E04796" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Коррекционнная учебная  нагрузка</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62BF3F4E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7F273F79" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DEC75CA" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...10 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="1FBAFA12" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63185AC8" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="536FBA25" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="385F871E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00450FA3" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="43CF6948" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74758CCB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...45 lines deleted...]
-          <w:p w14:paraId="18F0304B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0706D1C4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="3EB9F706" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="3A157638" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C601E43" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="33FC054C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003B7093">
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Әлеуметтік-тұрмыс тық бағдарлау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6664084D" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:lang w:eastAsia="ar-SA"/>
-[...7 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="269F6E0E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224DF3">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-              </w:rPr>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D4DE122" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC2AB38" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A2F6354" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="34B8F30A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77025B23" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="365086FF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
-[...50 lines deleted...]
-          <w:p w14:paraId="717F6105" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="306F54D0" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="56F75831" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="5C181A43" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4684E8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="64652732" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003B7093">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>*Сөйлеу тілінің даму кемшіліктерін түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="179D95BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:lang w:eastAsia="en-US"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4F65AF6B" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13862EB5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DBA8E54" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18F2E550" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3953FBC4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65EE4F8A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="026E49F6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...140 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="134FD857" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="2495BEAA" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="69FF26B7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="23B46984" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003B7093">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімдерінде жетіспеушілігін жетілдіруге арналған жеке түзету сабақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B40AA05" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7D2F4A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5AC75D14" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="698C30E7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D4AAB3F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="249867B4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="423CF40C" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="05CF39BD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="376B39F1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="79E6B6DD" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="279A9444" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          </w:tcPr>
+          <w:p w14:paraId="230226C3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...51 lines deleted...]
-              </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="5223CF20" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="58E1B9CD" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="792B4377" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1FC03F99" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
-[...3 lines deleted...]
-              <w:t>Казахский язык</w:t>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC81F79" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00F5393E" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2D54A122" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00F5393E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32D8E">
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="176C2686" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="22B652F2" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0E93AF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4798CD3A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69447278" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4C061691" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01E853E4" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="209C931E" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48E713B1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="31C4A297" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63EB3A2D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5F9E59A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="7153F778" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="01E5F041" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="42CDE55A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="66A1C36A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағылшын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66D2A075" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3962985F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
-              <w:t>Английский язык</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="6FE488A8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="167C559F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AED77D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D5B8281" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="431AA2EF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AAA50E0" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FE97706" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62ED7C30" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6A8816F7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...64 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="0D1130E0" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="775A1DBE" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D49B094" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="6D3E9E04" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:r>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F07EC84" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1640E656" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E095A1E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="52D1246B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47D32CC1" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3C6EF909" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B68CBB2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="085491C9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E5B2E80" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2F697262" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B13BF3E" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7B55F370" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F9C5FB9" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2B6907B9" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="0176EA7A" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="76975023" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="678CADBB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5734048C" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019F58E3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
-                <w:lang w:eastAsia="en-US"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1AF1CD28" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5921B0C3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4958326D" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C8720CC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6702365B" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="57935098" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AEC31D3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4987BE9F" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="324053A7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77A8A6B6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="68D60C00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="64C57FEC" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="63D54E72" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0E05BD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="25EA3D63" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="003B7093" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224DF3">
-[...3 lines deleted...]
-              <w:t>Русская литература</w:t>
+            <w:r w:rsidRPr="005D5630">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16FEFF14" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2641BD62" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F8C51EB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="430B17D7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="552F924A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="1B9E78A3" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D0C0CA2" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2986BD6A" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="724D5DF8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="311D47D4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D1AD900" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="4B594BF5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0389AD" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="3BC3DBD5" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC2141" w:rsidRPr="00C01DBB" w14:paraId="0E1625A5" w14:textId="77777777" w:rsidTr="00A251C8">
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00C01DBB" w14:paraId="5D9C4DB0" w14:textId="77777777" w:rsidTr="00046A95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="07C964EB" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="092F63FA" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Объем максимальной учебной нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5431393A" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7A1B2B42" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F6D4633" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7F578114" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224DF3">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E2B1475" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="5AFFD114" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>35,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75BC7EC7" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="2304CD00" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>36,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5893EC" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="0A393F96" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>37,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="702FB9D8" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRPr="00224DF3" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="51491503" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="00224DF3" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71F98FFF" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="00A251C8">
+          <w:p w14:paraId="7BB804C7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="00046A95">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>215,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B62D9C6" w14:textId="77777777" w:rsidR="00DC2141" w:rsidRDefault="00DC2141" w:rsidP="006C0B77">
+    <w:p w14:paraId="505D3B78" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C"/>
+    <w:p w14:paraId="23BF3EF7" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="008760D1" w:rsidRDefault="0040434C" w:rsidP="0040434C"/>
+    <w:p w14:paraId="7ADF516F" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6288" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="4407" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6288"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00EC657D" w14:paraId="211A6AF8" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64440902" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="006B2C5E" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040434C" w:rsidRPr="00EC657D" w14:paraId="78F8BF98" w14:textId="77777777" w:rsidTr="00046A95">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D866C63" w14:textId="77777777" w:rsidR="0040434C" w:rsidRPr="008760D1" w:rsidRDefault="0040434C" w:rsidP="00046A95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="79DB1BCF" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="0040434C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72440AE6" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DC2141" w:rsidSect="00222615">
-[...1 lines deleted...]
-      <w:pgMar w:top="426" w:right="707" w:bottom="426" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="6B53CDAC" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF43E33" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE7EF05" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A2C583" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCEC7A4" w14:textId="77777777" w:rsidR="0040434C" w:rsidRDefault="0040434C" w:rsidP="006C0B77">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0040434C" w:rsidSect="000548CF">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="568" w:right="851" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -42231,89 +40875,88 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E48C0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00222615"/>
+    <w:rsidRoot w:val="00A72DB7"/>
+    <w:rsid w:val="0040434C"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00922C48"/>
+    <w:rsid w:val="00A72DB7"/>
     <w:rsid w:val="00B915B7"/>
-    <w:rsid w:val="00DC2141"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="682B7CA8"/>
+  <w14:docId w14:val="27FCD418"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{43487622-82EF-499A-9C09-C8ECBB9AD1A4}"/>
+  <w15:docId w15:val="{1A601CEF-55DB-43E9-AFF0-3B524126C1A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -42359,51 +41002,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -42673,423 +41316,413 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="num" w:pos="4527"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="480" w:lineRule="auto"/>
       <w:ind w:left="4527" w:right="-144" w:hanging="180"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...75 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0040434C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="311">
     <w:name w:val="Основной текст с отступом 311"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="8">
     <w:name w:val="Основной текст (8)_"/>
     <w:link w:val="80"/>
     <w:locked/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:sz w:val="15"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="80">
     <w:name w:val="Основной текст (8)"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="8"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="187" w:lineRule="exact"/>
       <w:ind w:hanging="820"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="15"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0040434C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00222615"/>
+    <w:rsid w:val="0040434C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="0040434C"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="0040434C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -43327,54 +41960,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2552</Words>
-  <Characters>14551</Characters>
+  <Words>2333</Words>
+  <Characters>13304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17069</CharactersWithSpaces>
+  <CharactersWithSpaces>15606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>