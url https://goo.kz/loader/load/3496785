--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -2,6329 +2,2479 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00390BAA" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
-[...5795 lines deleted...]
-    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w:rsidR="007F5406" w:rsidRDefault="007F5406" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w:rsidR="007F5406" w:rsidRDefault="007F5406" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
-[...104 lines deleted...]
-    <w:p w:rsidR="007F5406" w:rsidRPr="00D1329F" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+    <w:p w:rsidR="00A40329" w:rsidRDefault="00DA04BE" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...276 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сли-сад</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007F5406" w:rsidSect="00DB5787">
+    <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5885">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения (временно,  на период отпуска основного работника по уходу за ребенком до </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="005D5885">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммуна</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">льное государственное казенное предприятие «Ясли-сад № </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5885">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="005D5885">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область, город </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5885">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>улица Гагарина,63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00DA04BE" w:rsidP="005D5885">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5885">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-63-87, 60-63-88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00C944B8" w:rsidP="005D5885">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>34</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>@</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>goo</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>edu</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00D1329F" w:rsidRPr="00EA5800">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00DA04BE" w:rsidP="005D5885">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитатель </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5885">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,25 ставки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- осуществляет педагогический процесс в соответствии с требованиями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственного общеобязательный стандарта образования, расписанием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организованной учебной деятельности согласно типовому учебному плану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольного воспитания и обучения возрастной группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5885" w:rsidRDefault="005D5885" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организует и проводит режимные моменты (утренний прием, утренняя гимнастика,прием пищи в течени</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дня, руководит детской деятельностью (игровая, творческая,познавательная, двигательная, изобразительная, трудовая, экспериментальная,самостоятельная и иное), прогулки, дневной сон, индивидуальную работу,оздоровительные мероприятия, создает предметно-развивающую среду);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5885" w:rsidRDefault="005D5885" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляет личностно-ориентированный подход в работе с детьми;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5885" w:rsidRDefault="005D5885" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательный процесс на основе изучения типовой учебной программы дошкольного воспитания и обучения, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="005D5885" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проектирует воспитательно-образовательную деятельность на основе анализадостигнутых результатов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-осуществляет консультационную помощь родителям по вопросам воспитания и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучения детей дошкольного возраста.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее сп</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60DFE" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>141</w:t>
+            </w:r>
+            <w:r w:rsidR="00900B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60DFE" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>376,91</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="007F5406" w:rsidP="00D60DFE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60DFE" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>149</w:t>
+            </w:r>
+            <w:r w:rsidR="00900B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60DFE" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>893,58</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B4A7F" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское или техническое и профессиональное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="004B4A7F" w:rsidP="00CD682D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическое образование или высшее и (или) послевузовское и (или) техническое и профессиональное педагогическое образование по направлению "Дошкольное воспитание и обучение" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора и педагога-эксперта неменее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет; и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00CE4A94" w:rsidP="00517D23">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1329F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1329F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>06.11.2023, до 17.00 ч 06.11.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00D60DFE" w:rsidRDefault="00A40329" w:rsidP="00D60DFE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">временно, на период отпуска по уходу за ребенком основного работника, до </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1329F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1329F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1329F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00D60DFE" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00D60DFE" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7031,50 +3181,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="000171D5"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000459D4"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
@@ -8562,78 +4713,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68AD139B-675D-4434-8D2F-92641DE7D350}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB45E322-80AD-4572-9D0C-FCBF69C0ED79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>616</Words>
-  <Characters>3514</Characters>
+  <Words>718</Words>
+  <Characters>4093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4122</CharactersWithSpaces>
+  <CharactersWithSpaces>4802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>