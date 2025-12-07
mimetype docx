--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,814 +1,802 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="000D00C1" w:rsidRDefault="000D00C1" w:rsidP="008B7E4C">
+    <w:p w:rsidR="002A1A2E" w:rsidRDefault="00226F3D" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="00CF37DE" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Результаты  </w:t>
+        <w:t xml:space="preserve">Павлодар қаласының № 6 мектепке дейінгі гимназиясы» КМҚК  бойынша   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> конкурса на </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">занятие </w:t>
-      </w:r>
+        <w:t xml:space="preserve">қазақ  тілінде оқытатын    тәрбиешілердің   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="000D00C1" w:rsidRPr="00F26594" w:rsidRDefault="000D00C1" w:rsidP="008B7E4C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос лауазымна  тағайындау  конкурсының  нәтижесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="0025189E" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="00226F3D" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Қазақ  тілінде оқытатын  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  тәрбиешілердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына тағайындау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысқан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(құжаттарын тапсырған) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттардың болмауына байланысты конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="00CF37DE" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B02F0" w:rsidRDefault="008B02F0" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B02F0" w:rsidRDefault="008B02F0" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B02F0" w:rsidRDefault="008B02F0" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B02F0" w:rsidRDefault="008B02F0" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B02F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B02F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="008B02F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B02F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К.  Акпанова </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="0088326E" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F294C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27979">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00C746AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D73B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="008B02F0" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRPr="0025189E" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="000079C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="003745B9" w:rsidP="00AC349B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="00AC349B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC349B" w:rsidRDefault="00AC349B" w:rsidP="00AC349B"/>
+    <w:p w:rsidR="00D53FEE" w:rsidRPr="00AE5BE9" w:rsidRDefault="003745B9" w:rsidP="003745B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2760"/>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>учителя изобразительной деятельности с казахским языком обучения</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...679 lines deleted...]
-    <w:sectPr w:rsidR="003F0A88" w:rsidRPr="00DC4523" w:rsidSect="005A44B1">
+    </w:p>
+    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="00AE5BE9" w:rsidSect="005A44B1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -827,150 +815,166 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002351B4"/>
-    <w:rsid w:val="000047BF"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00103FBB"/>
+    <w:rsid w:val="00004C78"/>
+    <w:rsid w:val="000079C7"/>
+    <w:rsid w:val="0004431D"/>
+    <w:rsid w:val="00064B9C"/>
+    <w:rsid w:val="000D3C98"/>
+    <w:rsid w:val="00130BA6"/>
+    <w:rsid w:val="00141EB2"/>
     <w:rsid w:val="001439C3"/>
-    <w:rsid w:val="001719DC"/>
+    <w:rsid w:val="001605BA"/>
+    <w:rsid w:val="001A2612"/>
     <w:rsid w:val="001F18D0"/>
+    <w:rsid w:val="002207A4"/>
+    <w:rsid w:val="00224D5D"/>
+    <w:rsid w:val="00226F3D"/>
+    <w:rsid w:val="002326CE"/>
     <w:rsid w:val="002351B4"/>
-    <w:rsid w:val="002422A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002706C2"/>
+    <w:rsid w:val="00250EAB"/>
+    <w:rsid w:val="00253E86"/>
+    <w:rsid w:val="00272603"/>
+    <w:rsid w:val="002A1725"/>
     <w:rsid w:val="002A1A2E"/>
-    <w:rsid w:val="002D178F"/>
+    <w:rsid w:val="002E0112"/>
+    <w:rsid w:val="002F542A"/>
+    <w:rsid w:val="00362061"/>
     <w:rsid w:val="00362C73"/>
-    <w:rsid w:val="00385E32"/>
-    <w:rsid w:val="003E5810"/>
+    <w:rsid w:val="003745B9"/>
+    <w:rsid w:val="003901EE"/>
+    <w:rsid w:val="003A5D7E"/>
+    <w:rsid w:val="003C5672"/>
+    <w:rsid w:val="003D46FD"/>
     <w:rsid w:val="003F0A88"/>
-    <w:rsid w:val="00402DCC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00560A9B"/>
+    <w:rsid w:val="003F294C"/>
+    <w:rsid w:val="00401EAB"/>
+    <w:rsid w:val="0041444A"/>
+    <w:rsid w:val="004320AE"/>
+    <w:rsid w:val="00434E45"/>
+    <w:rsid w:val="004B17F4"/>
+    <w:rsid w:val="004D2055"/>
+    <w:rsid w:val="00523D9F"/>
+    <w:rsid w:val="00534A3A"/>
+    <w:rsid w:val="00540ED0"/>
+    <w:rsid w:val="005971A7"/>
     <w:rsid w:val="005A44B1"/>
-    <w:rsid w:val="005F1C50"/>
-[...8 lines deleted...]
-    <w:rsid w:val="008B7E4C"/>
+    <w:rsid w:val="006C240F"/>
+    <w:rsid w:val="0072314B"/>
+    <w:rsid w:val="0072532F"/>
+    <w:rsid w:val="007C7084"/>
+    <w:rsid w:val="007F602D"/>
+    <w:rsid w:val="00872779"/>
+    <w:rsid w:val="0088326E"/>
+    <w:rsid w:val="008B02F0"/>
+    <w:rsid w:val="008D5A79"/>
+    <w:rsid w:val="008D73B8"/>
     <w:rsid w:val="00903A80"/>
-    <w:rsid w:val="009100A5"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00D32BD1"/>
+    <w:rsid w:val="009963F0"/>
+    <w:rsid w:val="009A6492"/>
+    <w:rsid w:val="009C141B"/>
+    <w:rsid w:val="009D0EA9"/>
+    <w:rsid w:val="00A00349"/>
+    <w:rsid w:val="00A00E88"/>
+    <w:rsid w:val="00A5782C"/>
+    <w:rsid w:val="00A76245"/>
+    <w:rsid w:val="00AC349B"/>
+    <w:rsid w:val="00AD0AF2"/>
+    <w:rsid w:val="00AE5BE9"/>
+    <w:rsid w:val="00BA10EF"/>
+    <w:rsid w:val="00BF36AB"/>
+    <w:rsid w:val="00C0725B"/>
+    <w:rsid w:val="00C31480"/>
+    <w:rsid w:val="00C746AD"/>
+    <w:rsid w:val="00CA4F01"/>
+    <w:rsid w:val="00CA699B"/>
+    <w:rsid w:val="00CF2B49"/>
+    <w:rsid w:val="00D07ADC"/>
     <w:rsid w:val="00D53FEE"/>
-    <w:rsid w:val="00D76E19"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F73E75"/>
+    <w:rsid w:val="00D61519"/>
+    <w:rsid w:val="00D61A8C"/>
+    <w:rsid w:val="00D7477E"/>
+    <w:rsid w:val="00D7590C"/>
+    <w:rsid w:val="00DB3AB0"/>
+    <w:rsid w:val="00E27979"/>
+    <w:rsid w:val="00E77E2C"/>
+    <w:rsid w:val="00E87F8F"/>
+    <w:rsid w:val="00EB0B87"/>
+    <w:rsid w:val="00ED5191"/>
+    <w:rsid w:val="00EF14FD"/>
+    <w:rsid w:val="00F24E71"/>
+    <w:rsid w:val="00F260A7"/>
+    <w:rsid w:val="00F31B61"/>
+    <w:rsid w:val="00FD0FFA"/>
+    <w:rsid w:val="00FF0CF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{FDB76239-0329-49B4-9487-084521F7827B}"/>
+  <w15:docId w15:val="{5E9F367B-48ED-4B79-8AE5-F4F57DB6D199}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1377,50 +1381,65 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:rsid w:val="002A1A2E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1376734509">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1676,70 +1695,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>447</Characters>
+  <Pages>2</Pages>
+  <Words>82</Words>
+  <Characters>470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>524</CharactersWithSpaces>
+  <CharactersWithSpaces>551</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>