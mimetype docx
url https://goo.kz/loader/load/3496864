--- v0 (2025-12-13)
+++ v1 (2026-01-03)
@@ -1,843 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="008225BA" w:rsidRDefault="008225BA" w:rsidP="008225BA">
+    <w:p w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00CF37DE" w:rsidRDefault="003F0A88" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Результаты  </w:t>
+        <w:t xml:space="preserve"> «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 мектепке дейінгі гимназиясы» КМҚК  бойынша  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ  тілінде оқытатын  қазақ  тілі мұғалімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">занятие </w:t>
-      </w:r>
+        <w:t xml:space="preserve">бос лауазымна  тағайындау  конкурсының  нәтижесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0A88" w:rsidRPr="0025189E" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...33 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0A88" w:rsidRDefault="003E08F8" w:rsidP="00EA62D8">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00FE0870" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF37DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Қазақ  тілінде оқытатын  қазақ  тілі мұғалімінің бос лауазымына тағайындау </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4359A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсына </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4359A" w:rsidRPr="00FE0870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысқан</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008225BA">
-[...347 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00FE0870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(құжаттарын тапсырған)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4359A" w:rsidRPr="00FE0870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидатт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың болмауына байланысты конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00D37475" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008225BA" w:rsidRPr="00590145">
-[...45 lines deleted...]
-    <w:p w:rsidR="008A57DF" w:rsidRDefault="008A57DF" w:rsidP="008225BA">
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00D37475" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008A57DF" w:rsidRDefault="008A57DF" w:rsidP="008225BA">
+      <w:r w:rsidRPr="00D37475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00D37475" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008A57DF" w:rsidRDefault="008A57DF" w:rsidP="008225BA">
+      <w:r w:rsidRPr="00D37475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37475" w:rsidRPr="00D37475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А.К.  Акпанова </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00D37475" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008225BA" w:rsidRDefault="008225BA" w:rsidP="008225BA">
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00102186" w:rsidRDefault="00C42335" w:rsidP="00CF37DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9331D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D255DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012524E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                             </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00941E41">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00102186">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
-[...131 lines deleted...]
-    <w:p w:rsidR="008225BA" w:rsidRDefault="008225BA" w:rsidP="008225BA">
+        <w:t xml:space="preserve"> қазан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00D37475" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008225BA" w:rsidRDefault="008225BA" w:rsidP="008225BA">
+    <w:p w:rsidR="00CF37DE" w:rsidRPr="00CF37DE" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F0A88" w:rsidRPr="008225BA" w:rsidRDefault="008225BA" w:rsidP="00605A5F">
+    <w:p w:rsidR="00E62FB0" w:rsidRPr="00CF37DE" w:rsidRDefault="00E62FB0" w:rsidP="00E62FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF37DE" w:rsidRDefault="00CF37DE" w:rsidP="00CF37DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3285"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB1382" w:rsidRDefault="00EB1382">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53FEE" w:rsidRPr="00EB1382" w:rsidRDefault="00EB1382" w:rsidP="00EB1382">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="003F0A88" w:rsidRPr="00E034A6" w:rsidSect="005A44B1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="00EB1382" w:rsidSect="00EA62D8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
@@ -854,152 +549,167 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002351B4"/>
-    <w:rsid w:val="000062C9"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00141EFE"/>
+    <w:rsid w:val="00032BFE"/>
+    <w:rsid w:val="00056B49"/>
+    <w:rsid w:val="00057AC2"/>
+    <w:rsid w:val="000678C3"/>
+    <w:rsid w:val="000A47E5"/>
+    <w:rsid w:val="00102186"/>
+    <w:rsid w:val="0012524E"/>
     <w:rsid w:val="001439C3"/>
-    <w:rsid w:val="00172504"/>
-    <w:rsid w:val="001B2CAE"/>
+    <w:rsid w:val="00144109"/>
+    <w:rsid w:val="001A1F9F"/>
+    <w:rsid w:val="001B0577"/>
+    <w:rsid w:val="001E5DC9"/>
     <w:rsid w:val="001F18D0"/>
-    <w:rsid w:val="001F2D9D"/>
-    <w:rsid w:val="001F5EA9"/>
     <w:rsid w:val="002351B4"/>
-    <w:rsid w:val="002406AF"/>
-    <w:rsid w:val="00287C9C"/>
     <w:rsid w:val="002A1A2E"/>
-    <w:rsid w:val="002B15E7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00362723"/>
+    <w:rsid w:val="00314881"/>
+    <w:rsid w:val="00323AF8"/>
     <w:rsid w:val="00362C73"/>
-    <w:rsid w:val="00396042"/>
-    <w:rsid w:val="003C7A2D"/>
+    <w:rsid w:val="003977F4"/>
+    <w:rsid w:val="003A5CCE"/>
+    <w:rsid w:val="003E08F8"/>
     <w:rsid w:val="003F0A88"/>
-    <w:rsid w:val="00436EF0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00590145"/>
+    <w:rsid w:val="003F41C5"/>
+    <w:rsid w:val="004675B4"/>
+    <w:rsid w:val="00472C90"/>
+    <w:rsid w:val="004C0266"/>
+    <w:rsid w:val="00521E1C"/>
+    <w:rsid w:val="005774AD"/>
     <w:rsid w:val="005A44B1"/>
-    <w:rsid w:val="005C6576"/>
-[...11 lines deleted...]
-    <w:rsid w:val="008B60D1"/>
+    <w:rsid w:val="005D192D"/>
+    <w:rsid w:val="005D2D95"/>
+    <w:rsid w:val="00605C4F"/>
+    <w:rsid w:val="00620CC2"/>
+    <w:rsid w:val="00636A60"/>
+    <w:rsid w:val="0067254F"/>
+    <w:rsid w:val="006769D4"/>
+    <w:rsid w:val="00677E52"/>
+    <w:rsid w:val="006E0A44"/>
+    <w:rsid w:val="00704626"/>
+    <w:rsid w:val="00721FF0"/>
+    <w:rsid w:val="00725C98"/>
+    <w:rsid w:val="00740632"/>
+    <w:rsid w:val="007734E5"/>
+    <w:rsid w:val="007A1314"/>
+    <w:rsid w:val="008079E2"/>
+    <w:rsid w:val="00813921"/>
+    <w:rsid w:val="00825B27"/>
+    <w:rsid w:val="00826845"/>
+    <w:rsid w:val="00865213"/>
+    <w:rsid w:val="008C01F2"/>
     <w:rsid w:val="00903A80"/>
-    <w:rsid w:val="00904EB5"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00D16CD3"/>
+    <w:rsid w:val="00912FA5"/>
+    <w:rsid w:val="00926188"/>
+    <w:rsid w:val="009717A2"/>
+    <w:rsid w:val="00983E0E"/>
+    <w:rsid w:val="009B3B3E"/>
+    <w:rsid w:val="009B604E"/>
+    <w:rsid w:val="009E364F"/>
+    <w:rsid w:val="009F758F"/>
+    <w:rsid w:val="00A11BAC"/>
+    <w:rsid w:val="00A23AC9"/>
+    <w:rsid w:val="00AC2A5C"/>
+    <w:rsid w:val="00B401D7"/>
+    <w:rsid w:val="00B9331D"/>
+    <w:rsid w:val="00C42335"/>
+    <w:rsid w:val="00CC1EB4"/>
+    <w:rsid w:val="00CF1779"/>
+    <w:rsid w:val="00CF37DE"/>
+    <w:rsid w:val="00CF78C8"/>
+    <w:rsid w:val="00D253DF"/>
+    <w:rsid w:val="00D255DB"/>
+    <w:rsid w:val="00D37475"/>
+    <w:rsid w:val="00D4359A"/>
     <w:rsid w:val="00D53FEE"/>
-    <w:rsid w:val="00DA32C9"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F731A1"/>
+    <w:rsid w:val="00D56344"/>
+    <w:rsid w:val="00D62D6E"/>
+    <w:rsid w:val="00D66032"/>
+    <w:rsid w:val="00DC766C"/>
+    <w:rsid w:val="00DE0055"/>
+    <w:rsid w:val="00DF03FD"/>
+    <w:rsid w:val="00E62FB0"/>
+    <w:rsid w:val="00EA62D8"/>
+    <w:rsid w:val="00EB1382"/>
+    <w:rsid w:val="00EC0B9B"/>
+    <w:rsid w:val="00F350DA"/>
+    <w:rsid w:val="00F65DC4"/>
+    <w:rsid w:val="00F83352"/>
+    <w:rsid w:val="00F93D28"/>
+    <w:rsid w:val="00FB1F5F"/>
+    <w:rsid w:val="00FE0870"/>
+    <w:rsid w:val="00FE20B6"/>
+    <w:rsid w:val="00FF304E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{00EB49D1-B6EA-4337-9A7B-04CEE9E678AF}"/>
+  <w15:docId w15:val="{CB02ECD0-CC3E-4741-BAE3-DF51A247C56D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1401,72 +1111,70 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:rsid w:val="002A1A2E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1826311860">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1723,69 +1431,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>75</Words>
-  <Characters>434</Characters>
+  <Words>78</Words>
+  <Characters>448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>508</CharactersWithSpaces>
+  <CharactersWithSpaces>525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>