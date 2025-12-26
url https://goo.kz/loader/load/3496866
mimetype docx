--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,48 +1,901 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="7843FE40" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637DDBA7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071B0373" w14:textId="1EEA213F" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00891424">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3260140B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEDA57E" w14:textId="3F59B7DE" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39 инновационного типа с гимназическими классами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F28ECA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D90E61" w14:textId="0639A7E4" w:rsidR="002F08C2" w:rsidRPr="00796E95" w:rsidRDefault="002F08C2" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CEA9990" w14:textId="77777777" w:rsidR="006C5046" w:rsidRPr="00796E95" w:rsidRDefault="006C5046" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0A182D" w14:textId="6A736CD7" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="002F08C2" w:rsidP="002D2E8B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс на временн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заместителя руководителя по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебной работе,  заместителя руководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инновационной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83393" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, педагога – ассистента, социального педагога, учителя художественного труда, физики, русский язык и литература, математики, истории и географии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отсутств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ием кандидат</w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544E4911" w14:textId="39095650" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364101F2" w14:textId="76F4744E" w:rsidR="002F08C2" w:rsidRPr="00796E95" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1EDAE9" w14:textId="77777777" w:rsidR="002F08C2" w:rsidRPr="00796E95" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A55FF65" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3033A6F3" w14:textId="0281CF71" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="001C38A5" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дьяченко </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B120A1" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А.В.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="48988946" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED729D5" w14:textId="137E4233" w:rsidR="00984175" w:rsidRPr="00796E95" w:rsidRDefault="00B120A1" w:rsidP="00984175">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83393" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009010EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9523D" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">октября </w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00796E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6C9D55" w14:textId="77777777" w:rsidR="00E97F83" w:rsidRPr="00796E95" w:rsidRDefault="00E97F83">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30DA4D5F" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71806C5B" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A36371F" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF30C46" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491CCB53" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A15F36" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC3B943" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF3D197" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B79FC5" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CB1EF4" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF1018F" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C87CFC2" w14:textId="77777777" w:rsidR="00E64C8E" w:rsidRDefault="00E64C8E" w:rsidP="00514920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3402FA17" w14:textId="353E9285" w:rsidR="00514920" w:rsidRPr="00796E95" w:rsidRDefault="00514920" w:rsidP="00514920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796E95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">«Павлодар қаласының </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A0DB763" w14:textId="3A1E118C" w:rsidR="00514920" w:rsidRPr="00796E95" w:rsidRDefault="00514920" w:rsidP="002D2E8B">
       <w:pPr>
@@ -106,80 +959,83 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796E95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурсының нәтижесі</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DB1C3F" w14:textId="77777777" w:rsidR="0006444B" w:rsidRPr="00796E95" w:rsidRDefault="0006444B" w:rsidP="002D2E8B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="399A7513" w14:textId="7B3B3EDE" w:rsidR="00CC6831" w:rsidRDefault="00E7338D" w:rsidP="008E6305">
+    <w:p w14:paraId="163A5EA0" w14:textId="77777777" w:rsidR="00E7338D" w:rsidRDefault="00E7338D" w:rsidP="001E1A8A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7338D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Басшының оқу ісі жөніндегі орынбасары, басшының инновациялық жұмыс жөніндегі орынбасары, ассистент оқытушы, әлеуметтік мұғалім, көркем еңбек, физика, орыс тілі мен әдебиеті, математика, тарих және география </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Басшының оқу ісі жөніндегі орынбасары, басшының инновациялық жұмыс жөніндегі орынбасары, ассистент оқытушы, әлеуметтік мұғалім, көркем еңбек, физика, орыс тілі мен әдебиеті, математика, тарих және география пәндерінің мұғалімі уақытша бос лауазымына орналасуға  конкурс комиссиясы отырысының қорытындысы бойынша үміткерлердің болмауына байланысты, конкурс өтпеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191ECCEF" w14:textId="77777777" w:rsidR="00E7338D" w:rsidRDefault="00E7338D" w:rsidP="00796E95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5CF46F49" w14:textId="77777777" w:rsidR="00E7338D" w:rsidRDefault="00E7338D" w:rsidP="00796E95">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66D1CF19" w14:textId="4DA8BA00" w:rsidR="00796E95" w:rsidRPr="00796E95" w:rsidRDefault="00796E95" w:rsidP="00796E95">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -358,111 +1214,109 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00782E99"/>
     <w:rsid w:val="00052242"/>
-    <w:rsid w:val="00053C6C"/>
     <w:rsid w:val="0006444B"/>
     <w:rsid w:val="000C0344"/>
     <w:rsid w:val="000E0040"/>
     <w:rsid w:val="000E59B0"/>
     <w:rsid w:val="0019792F"/>
     <w:rsid w:val="001C38A5"/>
     <w:rsid w:val="001D663F"/>
     <w:rsid w:val="001E1A8A"/>
     <w:rsid w:val="001F775D"/>
     <w:rsid w:val="002D2E8B"/>
     <w:rsid w:val="002F08C2"/>
     <w:rsid w:val="00412CAF"/>
     <w:rsid w:val="00417CCA"/>
     <w:rsid w:val="00485E06"/>
     <w:rsid w:val="004C06E2"/>
     <w:rsid w:val="004E7D85"/>
     <w:rsid w:val="00514920"/>
     <w:rsid w:val="00544E70"/>
     <w:rsid w:val="00545E42"/>
     <w:rsid w:val="005E6115"/>
     <w:rsid w:val="006349F1"/>
     <w:rsid w:val="00686077"/>
     <w:rsid w:val="006C5046"/>
     <w:rsid w:val="007075A9"/>
     <w:rsid w:val="0074219A"/>
     <w:rsid w:val="00753833"/>
     <w:rsid w:val="007540C8"/>
     <w:rsid w:val="00781A72"/>
     <w:rsid w:val="00782E99"/>
     <w:rsid w:val="00791F53"/>
     <w:rsid w:val="00796E95"/>
     <w:rsid w:val="0080453D"/>
     <w:rsid w:val="00891424"/>
     <w:rsid w:val="008A5CCE"/>
     <w:rsid w:val="008C13D8"/>
-    <w:rsid w:val="008E6305"/>
     <w:rsid w:val="009010EA"/>
     <w:rsid w:val="00940630"/>
     <w:rsid w:val="00964FD5"/>
     <w:rsid w:val="00984175"/>
     <w:rsid w:val="00A34813"/>
     <w:rsid w:val="00AA3CE7"/>
     <w:rsid w:val="00B044B9"/>
     <w:rsid w:val="00B120A1"/>
     <w:rsid w:val="00B9523D"/>
     <w:rsid w:val="00C83393"/>
-    <w:rsid w:val="00CC6831"/>
     <w:rsid w:val="00CD0FC8"/>
     <w:rsid w:val="00D14A86"/>
     <w:rsid w:val="00DA7D9F"/>
     <w:rsid w:val="00E13955"/>
     <w:rsid w:val="00E64C8E"/>
     <w:rsid w:val="00E7338D"/>
     <w:rsid w:val="00E97F83"/>
     <w:rsid w:val="00EC05E2"/>
     <w:rsid w:val="00ED4A4B"/>
     <w:rsid w:val="00F24FEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
@@ -1189,71 +2043,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>572</Characters>
+  <Pages>2</Pages>
+  <Words>201</Words>
+  <Characters>1149</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>671</CharactersWithSpaces>
+  <CharactersWithSpaces>1348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ильясова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>