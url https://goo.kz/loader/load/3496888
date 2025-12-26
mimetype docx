--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,4363 +1,2014 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>имени Рафики Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ұртазиной</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>«</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00866518">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="008C3A13" w:rsidP="00B00AEE">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00C52AC5" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мемлекеттік тілде және </w:t>
+        <w:t>н</w:t>
       </w:r>
-      <w:r w:rsidR="00866518">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
+        <w:t xml:space="preserve"> вакантную  </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тіл</w:t>
+        <w:t xml:space="preserve">педагога-ассистента </w:t>
       </w:r>
-      <w:r w:rsidR="00A86EE1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ін</w:t>
+        <w:t xml:space="preserve"> государственным и</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">де оқытатын </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>русским  языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="004F2A50" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00AE734F" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>имени Р.Нұртазиной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00866518">
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00335DCB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00866518">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бакинская көшесі, 4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Бакинская</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-              <w:t>61-12-96</w:t>
+              <w:t>611292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00C52AC5" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00AE734F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-                <w:sz w:val="21"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00C52AC5" w:rsidRDefault="007419BF" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
-                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="008C3A13" w:rsidRPr="00123262">
+              <w:r w:rsidR="008C3A13" w:rsidRPr="00FD3243">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="21"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
                   <w:szCs w:val="21"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>Sosh23@goo.edu.kz</w:t>
+                <w:t>sosh23@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008C3A13">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00AE734F" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+          <w:p w:rsidR="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог-ассистент – </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635CDC">
+              <w:t>Педагог-ассистент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00635CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүктеме, мемлекеттік тілде оқытатын </w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>1 ставка</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">, с государственным языком обучения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог-ассистент – 1 жүктеме, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00866518">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орыс</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:t>Педагог-ассистент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тіл</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ін</w:t>
-[...9 lines deleted...]
-              <w:t>де оқытатын</w:t>
+              <w:t>1 ставка, с русским языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00AE734F" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C3A13" w:rsidRPr="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="001353FB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+            <w:r w:rsidRPr="001353FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымдық міндеттері: Жалпы үлгідегі білім беру ұйымдарында ерекше білім беру қажеттіліктері бар білім алушыны психологиялық-педагогикалық сүйемелдеуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Должностные обязанности: Осуществляет психолого-педагогическое сопровождение обучающего с особыми образовательными потребностями в организациях образования общего типа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="001353FB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+            <w:r w:rsidRPr="001353FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұйымдастырылған оқу қызметі кезінде, білім беру ұйымында болған уақыт ішінде, олардың дербес қызметі денсаулық жағдайы бойынша шектелген жағдайда, ерекше білім беру қажеттіліктері бар білім алушыға көмек көрсетеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Оказывает помощь обучающемуся с особыми образовательными потребностями во время организованной учебной деятельности, в течение времени пребывания в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="001353FB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Психологиялық-медициналық-педагогикалық консультацияның ұсынысы бойынша білім алушыларға көмек көрсетеді.</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve">Оказывает помощь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001353FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мұғалімнің басшылығымен білім беру, түзету және дамыту процестеріне қатысады.</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>учающимся по рекомендации психол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001353FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+              <w:t>ого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="001353FB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Психологиялық-педагогикалық сүйемелдеу қызметі мамандарының ерекше білім беру қажеттіліктері бар оқушыны тексеруіне, сондай-ақ жеке білім беру бағдарламаларын (оқу жоспарларын), оның ішінде мінез-құлық бағдарламаларын жасауға қатысады, оқушының ерекше білім беру қажеттіліктерін қанағаттандыру үшін қысқартылған (бейімделген), арнайы оқу бағдарламалары мен оқу материалдарын іске асыруды қамтамасыз етеді.</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008C3A13">
+              <w:t xml:space="preserve">Под </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001353FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқыту және дамыту жұмысы процесінде ерекше білім беру қажеттіліктері бар оқушы туралы деректерді бақылауды жүзеге асырады және жинайды,</w:t>
+              <w:t>руковод</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ством учителя принимает участие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001353FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовательном, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001353FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коррекционно-развивающем процессах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="001353FB" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001353FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Принимает участие при обследовании учащегося с особыми образовательными потребностями специалистами службы психолого-педагогического сопровождения, а также в составлении индивидуальных образовательных программ (учебных планов) в том числе поведенческих, обеспечивает реализацию сокращенных (адаптированных), специальных учебных программ и учебных материалов для удовлетворения особых образовательных потребностей учащегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001353FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осуществляет наблюдение и ведет сбор данных об учащемся с особыми образовательными потребностями в процессе обучения и развивающей работы,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00AE734F" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...141 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00244165" w:rsidRDefault="00635CDC" w:rsidP="00635CDC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-              <w:t>4</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27.10.-06.11.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
-[...27 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z180"/>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога- эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00BE09E6" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE09E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00AE734F" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidTr="00CB351F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="004D07D1" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00B3089F" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="008F6090" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...204 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...34 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2467 lines deleted...]
-              <w:t>тұрақты</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -4388,9263 +2039,6955 @@
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...118 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...2153 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+              <w:t>Приложение 10 к Правилам</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>ос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2188"/>
+        <w:gridCol w:w="2755"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>немесе</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>уақытша</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):_</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...19 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>бос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>лауазымына</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>үміткерді</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>ң</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(Т.Ә.А. (б</w:t>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>))</w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:firstLine="851"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-              <w:t>)</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...124 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- т</w:t>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>ехникалық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>кәсіби</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-              <w:t>- ж</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>оғары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>күндізгі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...193 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...124 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...43 lines deleted...]
-              <w:t>- ғ</w:t>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>- ғ</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>Сертификат</w:t>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...22 lines deleted...]
-              <w:t>е</w:t>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>кінші</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>санат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...203 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="00AE734F" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="803"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>дипломның</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>қосымшасы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>п</w:t>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>едагогикалық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...109 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="00AE734F" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...37 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="00AE734F" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...16 lines deleted...]
-              <w:t>8</w:t>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...3350 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="006821DA" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002C7402" w:rsidRPr="001F4BA9" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
@@ -14901,50 +10244,51 @@
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007063F9"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00716150"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="007419BF"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
@@ -15049,51 +10393,50 @@
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE734F"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B5389A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
@@ -15873,51 +11216,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16168,78 +11511,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28427009-1F8A-4D0D-BAA6-E15322227790}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36E53D5A-6862-4BA9-9D13-6F0C374AC239}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11784</Characters>
+  <Pages>1</Pages>
+  <Words>2151</Words>
+  <Characters>12261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13824</CharactersWithSpaces>
+  <CharactersWithSpaces>14384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>