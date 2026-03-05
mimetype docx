--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e32314" w14:textId="0e32314">
+    <w:p w14:paraId="a41a545" w14:textId="a41a545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -78,415 +78,363 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Правил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2007 жылғы 1 қазандағы N 862 Қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2023 жылғы 3 қазандағы № 854 қаулысымен</w:t>
+        <w:t>Постановление Правительства Республики Казахстан от 1 октября 2007 года N 862. Утратило силу постановлением Правительства Республики Казахстан от 3 октября 2023 года № 854.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Күші жойылды - ҚР Үкіметінің 03.10.2023 </w:t>
+      Сноска. Утратило силу постановлением Правительства РК от 03.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления Правительства РК от 31.10.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">статьи 10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституционного Закона Республики Казахстан от 4 июня 2007 года "О государственных символах Республики Казахстан" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...89 lines deleted...]
-    </w:p>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 2012.10.31 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 31.10.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы қаулы алғаш рет ресми жарияланған күнінен бастап он күнтізбелік күн өткен соң қолданысқа енгізіледі. </w:t>
+      2. Настоящее постановление вводится в действие по истечении десяти календарных дней со дня первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -495,51 +443,51 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қазақстан Республикасының  </w:t>
+Премьер-Министр  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -558,51 +506,51 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Премьер-Министрі  </w:t>
+Республики Казахстан  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -689,413 +637,452 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2007 жылғы 1 қазандағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N 862 қаулысымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t xml:space="preserve">от 1 октября 2007 года № 862 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Мемлекеттік туын, Мемлекеттік Елтаңбасын ауыстыру және жою</w:t>
+        <w:t>замены и уничтожения Государственного Флага,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>қағидалары</w:t>
+        <w:t>Государственного Герба Республики Казахстан,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>не соответствующих национальным стандартам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Ереже жаңа редакцияда - ҚР Үкіметінің 2012.10.31 </w:t>
+      Сноска. Правила в редакции постановления Правительства РК от 31.10.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидалары (бұдан әрі- Қағидалар) "Қазақстан Республикасының мемлекеттік рәміздері туралы" Қазақстан Республикасының 2007 жылғы 4 маусымдағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі- Конституциялық Заң) сәйкес әзірленді және ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою тәртібін айқындайды.</w:t>
+      1. Настоящие Правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам (далее - Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституционным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 4 июня 2007 года "О государственных символах Республики Казахстан" (далее - Конституционный закон) и определяют порядок замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z3" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік</w:t>
+        <w:t xml:space="preserve"> 2. Порядок замены и уничтожения Государственного Флага,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Елтаңбасын ауыстыру және жою тәртібі</w:t>
+        <w:t>Государственного Герба Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      2. Замена и уничтожение не соответствующих национальным стандартам Государственного Флага, Государственного Герба Республики Казахстан осуществляются постоянно действующей комиссией государственного органа или организации, на которых в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституционным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в обязательном порядке устанавливаются (размещаются, поднимаются) Государственный Флаг, Государственный Герб Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жоюды Конституциялық заңға сәйкес Қазақстан Республикасының Мемлекеттік Туы, Мемлекеттік Елтаңбасы міндетті түрде орналастырылатын (орнатылатын, көтерілетін) мемлекеттік органдар мен ұйымдардың тұрақты жұмыс істейтін комиссиялары жүзеге асырады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="8"/>
+      3. Несоответствиями национальным стандартам являются нарушения формы, размеров и технических требований, установленных к Государственному Флагу Республики Казахстан, Государственному Гербу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасының Мемлекеттік Туын, Қазақстан Республикасының Мемлекеттік Елтаңбасына қойылатын нысандардың, мөлшердің және техникалық талаптардың бұзылуы ұлттық стандарттарға сәйкес келмеушілік болып табылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="9"/>
+      4. Замена и уничтожение не соответствующего национальным стандартам Государственного Флага Республики Казахстан осуществляются владельцами зданий (помещений), на которых по их желанию устанавливается Государственный Флаг Республики Казахстан, в порядке, предусмотренном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын ауыстыруды және жоюды осы Қағидаларда көзделген тәртіппен ғимараттардың (үй-жайлардың) иелері өздерінің еркі бойынша Қазақстан Республикасының Мемлекеттік Туын тігуді жүзеге асырады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="10"/>
+      5. Замена Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам, осуществляется в течение одного рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру бір жұмыс күні ішінде жүзеге асырылады.</w:t>
-[...19 lines deleted...]
-      6. Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын жою оларды қайта қолдану мүмкіндігін болдырмау мақсатында өртеу, балқыту, 2,5 шаршы сантиметрден аспайтын мөлшерде майдалап бөлшектеу, ұсақтау, қалыпсыз массаға немесе ұнтақ күйге айналдыру жолымен жүргізіледі.</w:t>
+      6. Уничтожение Государственного Флага, Государственного Герба Республики Казахстан производится путем сжигания, расплавления, измельчения на кусочки размером не более 2,5 квадратных сантиметра, дробления, превращения в бесформенную массу или порошок, в целях исключения возможности их повторного применения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>