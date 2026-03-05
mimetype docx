--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90391c2" w14:textId="90391c2">
+    <w:p w14:paraId="eec635b" w14:textId="eec635b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,3924 +77,3743 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының мемлекеттік рәміздері туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 2007 жылғы 4 маусымдағы № 258 Конституциялық заңы.</w:t>
+        <w:t>О государственных символах Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституционный закон Республики Казахстан от 4 июня 2007 года N 258.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>МАЗМҰНЫ</w:t>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Тақырыбында және бүкіл мәтін бойынша "нышандары", "нышандарының", "нышандарын", "нышандарына" деген сөздер тиісінше "рәміздері", "рәміздерінің", "рәміздерін", "рәміздеріне" деген сөздермен ауыстырылды – ҚР 04.07.2008 </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">№ 56 </w:t>
+        <w:t xml:space="preserve">      Сноска. По всему тексту слова "государственному стандарту", "государственным стандартам", "государственные стандарты" заменены соответственно словами "национальному стандарту", "национальным стандартам", "национальные стандарты" Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституциялық Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ГОСУДАРСТВЕННЫЕ СИМВОЛЫ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1. Государственные символы Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственными символами Республики Казахстан являются: Государственный Флаг, Государственный Герб, Государственный Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственный Флаг Республики Казахстан представляет собой прямоугольное полотнище голубого цвета с изображением в центре солнца с лучами, под которым - парящий орел. У древка - национальный орнамент в виде вертикальной полосы. Изображение солнца, его лучей, орла и национального орнамента - цвета золота. Соотношение ширины Флага к его длине - 1:2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный Герб Республики Казахстан имеет форму круга и представляет собой изображение шанырака (верхняя сводчатая часть юрты) на голубом фоне, от которого во все стороны в виде солнечных лучей расходятся уыки (опоры). Справа и слева от шанырака расположены изображения мифических крылатых коней. В верхней части расположена объемная пятиконечная звезда, а в нижней части – надпись "QAZAQSTAN". Изображение звезды, шанырака, уыков, мифических крылатых коней, а также надписи "QAZAQSTAN" – цвета золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственный Гимн Республики Казахстан представляет собой музыкально-поэтическое произведение, исполняемое в случаях, предусмотренных настоящим Конституционным законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эталоны Государственного Флага и Государственного Герба Республики Казахстан хранятся в Резиденции Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Бүкіл мәтін бойынша "мемлекеттік стандартқа", "мемлекеттік стандарттарға", "мемлекеттік стандарттарын" деген сөздер тиісінше "ұлттық стандартқа", "ұлттық стандарттарға", "ұлттық стандарттарын" деген сөздермен ауыстырылды – ҚР 28.06.2012 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменением, внесенным Конституционным законом РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан, регулирующее изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 2 в редакции Конституционного закона РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Конституциялық Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок изготовления и использования государственных символов Республики Казахстан определяется Конституцией Республики Казахстан, настоящим Конституционным законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...379 lines deleted...]
-        <w:t xml:space="preserve">); </w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Утверждение государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Утвердить: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) изображение Государственного Флага Республики Казахстан (приложение 1 к настоящему Конституционному закону); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z29" w:id="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">); </w:t>
+    <w:bookmarkStart w:name="z51" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) изображение Государственного Герба Республики Казахстан (приложение 2 к настоящему Конституционному закону); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z30" w:id="3"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">) бекітілсін. </w:t>
+    <w:bookmarkStart w:name="z52" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) музыкальную редакцию и текст Государственного Гимна Республики Казахстан (приложение 3 к настоящему Конституционному закону). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТУЫ</w:t>
+        <w:t xml:space="preserve"> Глава 2. ГОСУДАРСТВЕННЫЙ ФЛАГ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Қазақстан Республикасының Мемлекеттік Туын пайдалану тәртібі </w:t>
-[...18 lines deleted...]
-      1. Қазақстан Республикасының Мемлекеттік Туы мынадай орындарда міндетті түрде көтеріледі (тігіледі, орналастырылады): </w:t>
+        <w:t>Статья 4. Порядок использования Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственный Флаг Республики Казахстан в обязательном порядке поднимается (устанавливается, размещается): </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z32" w:id="6"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының Президенті Резиденциясының, Парламентінің, Сенат пен Мәжілістің, Үкіметтің, министрліктердің, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың, олардың ведомстволары мен аумақтық бөлімшелерінің, Конституциялық Соттың, Қазақстан Республикасының Жоғарғы Соты мен жергілікті соттарының, Жоғары Сот Кеңесінің, жергілікті өкілді және атқарушы органдардың, жергілікті өзін-өзі басқару органдарының, мемлекеттік ұйымдардың ғимараттарында, сондай-ақ Қазақстан Республикасы елшіліктерінің, халықаралық ұйымдардағы тұрақты өкілдіктерінің, сауда өкілдіктерінің, шетелдегі басқа да ресми мекемелерінің, шетелдегі мекемелерінің басшылары резиденцияларының ғимараттарында және сол мемлекеттің протоколдық практикасына сәйкес көлік құралдарында - ұдайы; </w:t>
+    <w:bookmarkStart w:name="z53" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда, Верховного Суда и местных судов Республики Казахстан, Высшего Судебного Совета, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных загранучреждений, резиденциях глав загранучреждений Республики Казахстан и на их транспортных средствах в соответствии с протокольной практикой государств пребывания - постоянно; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z33" w:id="7"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламенті палаталары төрағаларының, Премьер-Министрдің, Мемлекеттік кеңесшінің, Конституциялық Сот Төрағасының, Қазақстан Республикасының Жоғарғы Соты Төрағасының және жергілікті соттары төрағаларының, Жоғары Сот Кеңесі Төрағасының, Орталық сайлау комиссиясы Төрағасының, Қазақстан Республикасының Адам құқықтары жөнiндегi уәкiлінің, министрліктердің, Қазақстан Республикасының Президентiне тiкелей бағынатын және есеп беретiн мемлекеттік органдардың, олардың ведомстволары мен аумақтық бөлімшелерінің басшыларының, жергілікті өкілді және атқарушы органдар басшыларының, Қазақстан Республикасының шетелдегі мекемелері басшыларының кабинеттерінде - ұдайы; </w:t>
+    <w:bookmarkStart w:name="z54" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного советника, Председателя Конституционного Суда, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Высшего Судебного Совета, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений Республики Казахстан - постоянно; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z34" w:id="8"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының Парламенті Сенаты мен Мәжілісінің бірлескен және бөлек отырыстары, Қазақстан Республикасы Парламенті палаталарының, Үкіметтің үйлестіру және жұмыс органдарының отырыстары өтетін залдарда, Қазақстан Республикасы Конституциялық Сотының отырыс залдарында, Қазақстан Республикасы Жоғарғы Сотының және жергілікті соттарының сот мәжілісі залдарында, Жоғары Сот Кеңесінің отырыс залдарында, орталық, жергілікті өкілді және атқарушы органдардың, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың алқа отырысы залдарында, Қазақстан Республикасының мемлекеттік және үкіметтік наградалары тапсырылатын залдарда, Қазақстан Республикасының шетелдегі мекемелерінің қабылдау залдарында, сондай-ақ бала тууды және некені тіркейтін үй-жайларда - ұдайы; </w:t>
+    <w:bookmarkStart w:name="z55" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Суда Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний Высшего Судебного Совета, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z35" w:id="9"/>
-[...15 lines deleted...]
-      4) мемлекеттік органдардың ғимараттарында алғаш ашылған кезде, салтанатты жағдайда; </w:t>
+    <w:bookmarkStart w:name="z56" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на зданиях государственных органов при открытии в торжественной обстановке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z36" w:id="10"/>
-[...15 lines deleted...]
-      5) егер халықаралық құқық нормалары мен Қазақстан Республикасының халықаралық шарттарында көзделген болса, Қазақстан Республикасы Президентінің, Қазақстан Республикасының Парламенті палаталары төрағаларының, Қазақстан Республикасы Премьер-Министрінің және олардың өкілетті өкілдерінің қатысуымен халықаралық форумдар өтетін ғимараттарда немесе үй-жайларда;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на зданиях или в помещениях, где проходят международные форумы с участием Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра Республики Казахстан и их полномочных представителей, если это предусмотрено нормами международного права и международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z102" w:id="11"/>
-[...15 lines deleted...]
-      5-1) мемлекеттік заңды тұлғалардың, ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың, сондай-ақ Қазақстан Республикасы оларға қатысты жалғыз акционер (қатысушы) болып табылатын өзге де акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің мемлекеттік нышандарға арналған экспозиция үшін бөлінген үй-жайларында (үй-жайларының бір бөлігінде);</w:t>
+    <w:bookmarkStart w:name="z58" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5-1) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z37" w:id="12"/>
-[...15 lines deleted...]
-      6) ресми адамдар ретінде Қазақстан Республикасының Президенті, Қазақстан Республикасының Парламенті палаталарының төрағалары, Қазақстан Республикасының Премьер-Министрі мінген теңіз кемелерінде, ішкі жүзу кемелерінде және басқа да қатынас құралдарында; </w:t>
+    <w:bookmarkStart w:name="z59" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на морских судах, судах внутреннего плавания и других средствах передвижения, на которых в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z38" w:id="13"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасында тiркелген кемелердiң бұлқынындағы ту ретiнде - белгiленген тәртiппен; </w:t>
+    <w:bookmarkStart w:name="z60" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в качестве кормового флага на судах, зарегистрированных в Республике Казахстан, в установленном порядке; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z39" w:id="14"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының әскери корабльдерi мен кемелерiнде - әскери жарғыларға сәйкес; </w:t>
+    <w:bookmarkStart w:name="z61" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) на военных кораблях и судах Республики Казахстан - согласно воинским уставам; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z40" w:id="15"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасы Қарулы Күштерінің әскери құрамаларында, бөлімдерінде, бөлімшелерінде және мекемелерінде, басқа да әскерлері мен әскери құралымдарында - Қазақстан Республикасының ұлттық және мемлекеттік мерекелері күндерінде, ант қабылдау кезiнде; </w:t>
+    <w:bookmarkStart w:name="z62" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) в воинских соединениях, частях, подразделениях и учреждениях Вооруженных Сил, других войск и воинских формирований Республики Казахстан - в дни национального и государственных праздников Республики Казахстан, при принятии присяги; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z41" w:id="16"/>
-[...15 lines deleted...]
-      10) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен Қазақстан Республикасының Мемлекеттік рәміздері күнін мерекелеу, ресми және салтанатты рәсімдер, спорттық іс-шаралар кезінде;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) во время празднования Дня государственных символов Республики Казахстан, официальных и торжественных церемоний, спортивных мероприятий в порядке, определяемом Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z42" w:id="17"/>
-[...15 lines deleted...]
-      11) жалпы орта, кәсіптік бастауыш, кәсіптік орта, кәсіптік жоғары және жоғары оқу орнынан кейінгі кәсіптік білім беру бағдарламаларын іске асыратын білім беру ұйымдарында - жаңа оқу жылының ашылу және оқу жылының аяқталу рәсімдері кезінде; </w:t>
+    <w:bookmarkStart w:name="z64" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z43" w:id="18"/>
-[...15 lines deleted...]
-      12) Қазақстан Республикасына мемлекеттік және ресми сапарлармен келген шет мемлекеттердің мемлекет басшыларымен, парламенттері мен үкіметтерінің басшыларымен кездесу кезінде. </w:t>
+    <w:bookmarkStart w:name="z65" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) при встрече глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z44" w:id="19"/>
-[...15 lines deleted...]
-      Қарулы Күштердің құрамаларында, әскери бөлімдерінде, бөлімшелерінде, мекемелерінде және басқа да әскерлер мен әскери құралымдарда Мемлекеттік Туды және оның бейнесін пайдалану (орнату, орналастыру) тәртібі жалпы әскери жарғыларда айқындалады.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования (установления, размещения) Государственного Флага и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z45" w:id="20"/>
-[...15 lines deleted...]
-      Ғимараттарға тұрақты тігілген Мемлекеттік Туға тәуліктің қараңғы мезгілінде жарық түсіп тұруға тиіс. </w:t>
+    <w:bookmarkStart w:name="z67" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственный Флаг, устанавливаемый на зданиях на постоянной основе, должен освещаться в темное время суток. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z103" w:id="21"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының Мемлекеттік Туы басқа да ғимараттарда (үй-жайларда) олардың иелерінің еркі бойынша тігілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный Флаг Республики Казахстан может устанавливаться на других зданиях (в помещениях) по желанию их владельцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z104" w:id="22"/>
-[...15 lines deleted...]
-      Мемлекеттік Туды және оның бейнесін пайдалану (орнату, орналастыру) тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования (установления, размещения) Государственного Флага и его изображения определяется Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z46" w:id="23"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Мемлекеттiк Туының бейнесi міндетті түрде: </w:t>
+    <w:bookmarkStart w:name="z9" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Изображение Государственного Флага в обязательном порядке размещается: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z47" w:id="24"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасы Президентінің, Парламенттің, Үкіметтің, министрліктердің, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретiн мемлекеттiк органдардың және олардың ведомстволары мен аумақтық бөлімшелерінің, Қазақстан Республикасы Конституциялық Сотының, Қазақстан Республикасы Жоғарғы Сотының және жергілікті соттарының, Жоғары Сот Кеңесінің, жергiлiктi өкілді және атқарушы органдардың, сондай-ақ Қазақстан Республикасының шетелдегі мекемелерінің веб-сайттарында Қазақстан Республикасының Үкіметі айқындайтын тәртіппен; </w:t>
+    <w:bookmarkStart w:name="z70" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, Высшего Судебного Совета, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан в порядке, определяемом Правительством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z48" w:id="25"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының әуе кемелерінде, сондай-ақ ғарыш аппараттарында орналастырылады. </w:t>
+    <w:bookmarkStart w:name="z71" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на воздушных судах, а также на космических аппаратах Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттiк Тудың бейнесi өзге де материалдық объектілерде орналастырылуы мүмкін. </w:t>
-[...18 lines deleted...]
-      3. Мемлекеттiк Ту оның көлемiне қарамастан ұлттық стандартқа сәйкес келуге тиiс. </w:t>
+      Изображение Государственного Флага может размещаться и на иных материальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственный Флаг независимо от его размеров должен соответствовать национальному стандарту. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...55 lines deleted...]
-      4. Ұлттық аза тұтуға байланысты Мемлекеттiк Ту ұлттық аза тұту мерзiмi ішінде тутұғыр биiктiгiнiң жартысына дейiн төмен түсiрiледi.</w:t>
+        <w:t>
+      В случае несоответствия Государственного Флага национальному стандарту он подлежит замене и уничтожению в порядке, определяемом уполномоченным органом по вопросам использования государственных символов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изображение Государственного Флага не может использоваться в качестве геральдической основы флагов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изображение Государственного Флага может быть использовано в качестве элемента или геральдической основы государственных наград, банкнот и монет Национального Банка Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По случаю национального траура Государственный Флаг приспускается на половину высоты флагштока в течение срока национального траура.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 28.06.2012 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 370-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156-VII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VІI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
-[...9 lines deleted...]
-        <w:t>енгізіледі</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 19.04.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Одновременное использование Государственного Флага Республики Казахстан и других флагов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При одновременном подъеме (установлении, размещении) Государственного Флага Республики Казахстан, флагов иностранных государств, общественных объединений и других организаций, размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других флагов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z1" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Флаги иностранных государств, используемые иностранными организациями и представительствами, осуществляющими деятельность на территории Республики Казахстан, за исключением дипломатических представительств, консульских учреждений, международных организаций и (или) их представительств, аккредитованных в Республике Казахстан, размещаются одновременно с Государственным Флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Конституционным законом РК от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Порядок использования Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственный Герб в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z72" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, Высшего Судебного Совета, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных и исполнительных органов, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных загранучреждений, резиденций глав загранучреждений Республики Казахстан - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z73" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного советника, Председателя Конституционного Суда, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Высшего Судебного Совета, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений Республики Казахстан - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z74" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Суда, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний Высшего Судебного Совета, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z75" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования (установления, размещения) Государственного Герба и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Изображение Государственного Герба в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z76" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на печатях и бланках документов Президента Республики Казахстан и его Администрации, Парламента Республики Казахстан, его Палат и их аппаратов, Бюро Палат Парламента Республики Казахстан, Правительства Республики Казахстан и Аппарата Правительства Республики Казахстан, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда Республики Казахстан и местных судов Республики Казахстан, Высшего Судебного Совета Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, местных представительных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z77" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) на печатях нотариусов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z107" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) на печатях Государственной корпорации "Правительство для граждан" для осуществления государственной регистрации актов гражданского состояния и других видов государственных услуг, связанных с государственной регистрацией актов гражданского состояния;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z78" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) на официальных изданиях Президента Республики Казахстан, Парламента, Правительства, Конституционного Суда и Верховного Суда Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z79" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z80" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и государственных организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z81" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) на пограничных столбах, устанавливаемых на Государственной границе Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z82" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, Высшего Судебного Совета, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан в порядке, определяемом Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изображение Государственного Герба может размещаться и на иных материальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственный Герб независимо от его размеров должен соответствовать национальному стандарту. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несоответствия Государственного Герба национальному стандарту он подлежит замене и уничтожению в порядке, определяемом уполномоченным органом по вопросам использования государственных символов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Запрещается использование изображения Государственного Герба Республики Казахстан на бланках, печатях и других реквизитах негосударственных организаций и их должностных лиц, кроме случаев, установленных настоящим Конституционным законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственный Герб не может быть использован в качестве геральдической основы гербов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изображение Государственного Герба может быть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на воинской или иной государственной службе, в качестве элемента или геральдической основы государственных наград Республики Казахстан, а также на спортивных костюмах спортсменов и других спортивных принадлежностях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования (установления, размещения) Государственного Герба и его изображения определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VІI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Статья 7. Одновременное использование Государственного Герба Республики Казахстан и других гербов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При одновременном размещении Государственного Герба Республики Казахстан и гербов иностранных государств или гербов (геральдического знака) общественного объединения, другой организации размеры Государственного Герба Республики Казахстан не должны быть меньше размеров других гербов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом Государственный Герб Республики Казахстан размещается не ниже других гербов (геральдических знаков). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ГОСУДАРСТВЕННЫЙ ГИМН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 8. Порядок использования Государственного Гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственный Гимн исполняется: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z83" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при вступлении в должность Президента Республики Казахстан - после принесения им присяги; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z84" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при открытии и закрытии сессий Парламента Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z85" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при открытии торжественных собраний и заседаний, посвященных национальному и государственным праздникам Республики Казахстан, а также иным торжественным мероприятиям; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z86" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при выходе в эфир теле-, радиоканалов ежесуточно в начале и по окончании их вещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) при открытии памятников, монументов, обелисков и других сооружений в ознаменование важнейших исторических событий в жизни народа Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z88" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при поднятии Государственного Флага Республики Казахстан во время официальных и торжественных церемоний, спортивных мероприятий, проводимых государственными органами, а также общественными объединениями и иными организациями Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z89" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) при встрече глав иностранных государств, посещающих Республику Казахстан с государственным или официальным визитами, после исполнения государственного гимна соответствующего иностранного государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z90" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года, а также при проведении иных торжественных мероприятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z91" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) при проведении спортивных мероприятий с участием национальной (сборной) команды Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z49" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Текст Государственного Гимна в обязательном порядке размещается в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования (установления, размещения) текста Государственного Гимна определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок исполнения Государственного Гимна и использования его текста в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-бап. Қазақстан Республикасының Мемлекеттiк Туын және басқа да туларды Қазақстан Республикасының аумағында бір мезгілде пайдалану </w:t>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+        <w:t xml:space="preserve">Статья 9. Порядок исполнения Государственного Гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При публичном исполнении Государственного Гимна присутствующие поют (выслушивают) стоя, при этом граждане Республики Казахстан прикладывают правую руку к сердцу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При проведении государственными органами и иными организациями Республики Казахстан мероприятий на территории иностранных государств Государственный Гимн исполняется в соответствии с настоящим Конституционным законом, а также законодательством и протокольной практикой государства пребывания и местными обычаями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Торжественное поднятие и установка Государственного Флага Республики Казахстан сопровождаются исполнением Государственного Гимна, при этом присутствующие поворачиваются лицом к Флагу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоровом либо ином вокальном и инструментальном исполнении. При этом могут использоваться средства звукозаписи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается сокращенное исполнение Государственного Гимна Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственный Гимн исполняется на государственном языке в точном соответствии с утвержденным текстом и музыкальной редакцией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z30" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Музыкальная редакция и текст Государственного Гимна Республики Казахстан не могут быть использованы в качестве основы для других музыкальных произведений и иных произведений искусства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z31" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 10. Компетенция Правительства Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К компетенции Правительства относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 28.10.2015 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Исключен Конституционным законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Исключен Конституционным законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждение правил использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z95" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) утверждение правил празднования Дня государственных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z96" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определение уполномоченного органа в области государственных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z97" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выполнение иных функций, возложенных на него Конституцией Республики Казахстан, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 370-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конституциялық Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция уполномоченных органов в области государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Уполномоченный орган в области технического регулирования и метрологии: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z98" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разрабатывает и утверждает национальные стандарты Государственного Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z99" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) разрабатывает эталоны Государственного Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) организует работу по изготовлению эталонов Государственного Флага и Государственного Герба Республики Казахстан, соответствующих национальным стандартам и их изображениям, утвержденным настоящим Конституционным законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет лицензирование по изготовлению Государственного Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет контроль за соблюдением лицензиатом условий, указанных в лицензии в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Уполномоченный орган по вопросам использования государственных символов Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создает экспертный совет по вопросам государственных символов и геральдических знаков, а также разрабатывает и утверждает положение о нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Местный исполнительный орган осуществляет контроль за использованием (установлением, размещением) государственных символов Республики Казахстан на территории соответствующей административно-территориальной единицы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...429 lines deleted...]
-      Мемлекеттік Елтаңбаны және оның бейнесін пайдалану (орнату, орналастыру) тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Формирование уважительного отношения к государственным символам Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Граждане Республики Казахстан, а также лица, находящиеся на территории Республики, обязаны уважать государственные символы Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z40" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В целях воспитания гражданственности и патриотизма, любви к своей Родине - Республике Казахстан, формирования уважения к государственным символам Республики Казахстан, а также понимания их сущности и значения их изучение включается в основные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего профессионального и высшего профессионального образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального и высшего профессионального образования постоянно в специально отведенном видном месте устанавливается Государственный Флаг, размещается Государственный Герб либо их изображения, а также текст Государственного Гимна Республики Казахстан на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Изготовление Государственного Флага, Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изготовление Государственного Флага, Государственного Герба Республики Казахстан осуществляется при наличии соответствующей лицензии, выдаваемой в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Ответственность за нарушение законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Республики Казахстан, влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді – ҚР 28.06.2012 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 в редакции Конституционного закона РК от 28.06.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="49"/>
+        <w:t>Статья 16. Порядок введения в действие настоящего Конституционного закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящий Конституционный закон вводится в действие по истечении десяти календарных дней со дня его официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z45" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившим силу Конституционный закон Республики Казахстан от 24 января 1996 г. "О государственных символах Республики Казахстан" (Ведомости Парламента Республики Казахстан, 1996 г., N 1, ст. 178; 1997 г., N 12, ст. 193; 2006 г., N 1, ст. 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...292 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...48 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1238 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -4008,75 +3828,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Президент</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4126,170 +3946,204 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік рәміздері туралы" </w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2007 жылғы 4 маусымдағы № 258-III </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>"О государственных символах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Конституциялық заңына</w:t>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="90"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z46" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Флаг Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3365500" cy="2006600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3365500" cy="2006600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -4346,215 +4200,229 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік рәміздері туралы"</w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2007 жылғы 4 маусымдағы</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 258-III ҚРЗ</w:t>
+              <w:t xml:space="preserve">"О государственных символах </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">Республики Казахстан" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Конституциялық заңына</w:t>
-[...12 lines deleted...]
-              <w:t>2-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года № 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 в редакции Конституционного закона РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Мемлекеттік Елтаңбасы</w:t>
-[...47 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Государственный Герб Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1841500" cy="1816100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1841500" cy="1816100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -4611,940 +4479,887 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік рәміздері туралы" </w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2007 жылғы 4 маусымдағы № 258-III </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>"О государственных символах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Конституциялық заңына</w:t>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="92"/>
-[...53 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Музыкальная редакция  Государственного гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Автор музыки Шамши Калдаяков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="9004300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="9004300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Текст Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Авторы слов: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жумекен Нажимеденов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нурсултан Назарбаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алтын күн аспаны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алтын дән даласы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ерліктің дастаны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Еліме қарашы! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ежелден ер деген, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Даңқымыз шықты ғой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Намысын бермеген, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазағым мықты ғой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қайырмасы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Менің елім, менің елім, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Гүлің болып егілемін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жырың болып төгілемін, елім! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туған жерім менің - Қазақстаным! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұрпаққа жол ашқан, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кең байтақ жерім бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бірлігі жарасқан, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тәуелсіз елім бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қарсы алған уақытты, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мәңгілік досындай. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біздің ел бақытты, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Біздің ел осындай! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қайырмасы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Менің елім, менің елім, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Гүлің болып егілемін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жырың болып төгілемін, елім! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туған жерім менің - Қазақстаным! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...686 lines deleted...]
-        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -5883,35 +5698,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>