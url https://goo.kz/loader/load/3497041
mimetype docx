--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -1,11902 +1,7547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="00E76DFC" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="006464F0" w:rsidRPr="00620E6B" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00576026">
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="00576026" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>объявляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C85">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00620E6B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахского языка </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с государственным языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қазақ тілінде оқытатын  </w:t>
-[...55 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="-897" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="000212E8" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F31EDC">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Коммунальном государственном</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казенном предприятии «Дошкольная гимназия №6 города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...34 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 67-63-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...34 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F31EDC">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="00F31EDC">
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidRPr="006464F0">
                 <w:rPr>
-                  <w:rStyle w:val="a5"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rStyle w:val="a6"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="000212E8" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="00620E6B" w:rsidRDefault="006464F0" w:rsidP="00620E6B">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>должност</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F31EDC">
+            <w:r w:rsidR="00620E6B" w:rsidRPr="00620E6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00620E6B" w:rsidRPr="00620E6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">мұғалімі, 1  еңбекақы мөлшермен </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00620E6B" w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахского языка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  с государственным языком на 1 ставку</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="000212E8" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="a8"/>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Осуществляет воспитание и обучение обучающихся с учетом специфики изучаемой дисциплины в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, определяет и способствует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитывает у обучающегося уважительное отношение к педагогу, учит соблюдать деловой стиль общения и речевой этикет посредством вежливого общения по имени и отчеству педагога или прямого общения "учитель/учитель;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       проведение мониторинга ( первичного, промежуточного, итогового) на предмет организованной деятельности дошкольного воспитания и обучения и заполнение контрольного листа по освоению содержания типовой учебной программы дошкольного воспитания и обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          проводит анализ по итогам проведения сводной оценки по разделу и итоговой оценки по первичному, промежуточному,итоговому;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            использует в организационной деятельности авторские программы гимназии №6 и современные информационно-коммуникационные технологии; использует в организационной деятельности простое программное обеспечение и приложения информационно-коммуникационных технологий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            адаптирует учебные программы с учетом индивидуальных потребностей обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             участвует в разработке и выполнении учебных программ, в том числе для обучающихся с особыми образовательными потребностями, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>      Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>      Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>      Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00BF4053" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
-[...3 lines deleted...]
-              <w:ind w:left="0" w:right="188"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образование( min): 1800000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00D73A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2100000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...172 lines deleted...]
-              <w:ind w:right="204" w:firstLine="607"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...209 lines deleted...]
-              <w:ind w:right="180" w:firstLine="652"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...165 lines deleted...]
-              <w:ind w:left="534"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...232 lines deleted...]
-              <w:ind w:firstLine="689"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
-              <w:outlineLvl w:val="0"/>
-[...35 lines deleted...]
-              <w:ind w:right="200" w:firstLine="578"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...117 lines deleted...]
-              <w:ind w:firstLine="419"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...222 lines deleted...]
-              <w:pStyle w:val="a8"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...51 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...290 lines deleted...]
-          <w:p w:rsidR="00B668EA" w:rsidRDefault="006B4FAC" w:rsidP="00B668EA">
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="00900A79" w:rsidP="00596C3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="000212E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000212E8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31.10.2023-08.11.2023</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="00B668EA" w:rsidRDefault="00C05A41" w:rsidP="00B668EA">
-            <w:pPr>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="000212E8" w:rsidTr="00F3300E">
-[...9 lines deleted...]
-              <w:pStyle w:val="a8"/>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...22 lines deleted...]
-              <w:pStyle w:val="a8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-              <w:pStyle w:val="a8"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2412 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Постоянно </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="00F31EDC" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="a8"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="a8"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="008A3981">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...97 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="00F3300E">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="002E1D1D" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...35 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D56A84">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
-[...37 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога _________________________________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...197 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblInd w:w="-951" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебное заведение по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="3927"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификаты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="006464F0">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...171 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...4006 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="00F3300E">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...226 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...163 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="1802"/>
+        <w:gridCol w:w="2364"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidTr="00F3300E">
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="00F3300E">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
-[...14 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidTr="00F3300E">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00F3300E">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="00F3300E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...50 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003E2AAA">
-[...21 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003E2AAA">
-[...38 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="00C05A41" w:rsidRPr="003E2AAA" w:rsidRDefault="00C05A41" w:rsidP="00C05A41">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006464F0" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="006464F0" w:rsidRDefault="006464F0" w:rsidP="006464F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...106 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...246 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:lang w:val="en-US"/>
-[...75 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00900A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00900A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...147 lines deleted...]
-      <w:cols w:space="720"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00194DDD" w:rsidRPr="006464F0" w:rsidSect="001E17A3">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1700" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F64AE"/>
-[...71 lines deleted...]
-    <w:rsid w:val="00FB1E3A"/>
+    <w:rsidRoot w:val="00BC2F25"/>
+    <w:rsid w:val="00004D0A"/>
+    <w:rsid w:val="000253A4"/>
+    <w:rsid w:val="00044D99"/>
+    <w:rsid w:val="0006022D"/>
+    <w:rsid w:val="0006039D"/>
+    <w:rsid w:val="000B44F4"/>
+    <w:rsid w:val="000D594A"/>
+    <w:rsid w:val="00122447"/>
+    <w:rsid w:val="001315D5"/>
+    <w:rsid w:val="00175643"/>
+    <w:rsid w:val="00194DDD"/>
+    <w:rsid w:val="001C593B"/>
+    <w:rsid w:val="001E17A3"/>
+    <w:rsid w:val="002157F0"/>
+    <w:rsid w:val="00234522"/>
+    <w:rsid w:val="00255EE6"/>
+    <w:rsid w:val="002A4857"/>
+    <w:rsid w:val="002F2F46"/>
+    <w:rsid w:val="00324FBA"/>
+    <w:rsid w:val="003433F5"/>
+    <w:rsid w:val="00363674"/>
+    <w:rsid w:val="00364FCD"/>
+    <w:rsid w:val="003807A0"/>
+    <w:rsid w:val="00395C33"/>
+    <w:rsid w:val="00397460"/>
+    <w:rsid w:val="00397987"/>
+    <w:rsid w:val="003D51B2"/>
+    <w:rsid w:val="00402398"/>
+    <w:rsid w:val="00431C00"/>
+    <w:rsid w:val="004677E3"/>
+    <w:rsid w:val="004C34ED"/>
+    <w:rsid w:val="004C4E16"/>
+    <w:rsid w:val="00560D96"/>
+    <w:rsid w:val="005662D6"/>
+    <w:rsid w:val="00572275"/>
+    <w:rsid w:val="00592E4F"/>
+    <w:rsid w:val="00596C3A"/>
+    <w:rsid w:val="005E2ECB"/>
+    <w:rsid w:val="005F4DD3"/>
+    <w:rsid w:val="00620E6B"/>
+    <w:rsid w:val="006217B5"/>
+    <w:rsid w:val="006402A2"/>
+    <w:rsid w:val="006424F8"/>
+    <w:rsid w:val="00642798"/>
+    <w:rsid w:val="006464F0"/>
+    <w:rsid w:val="00664CC5"/>
+    <w:rsid w:val="0069212B"/>
+    <w:rsid w:val="00701B93"/>
+    <w:rsid w:val="0076108C"/>
+    <w:rsid w:val="00771443"/>
+    <w:rsid w:val="007D7BB2"/>
+    <w:rsid w:val="00806D04"/>
+    <w:rsid w:val="00896AB9"/>
+    <w:rsid w:val="008A177B"/>
+    <w:rsid w:val="008A3981"/>
+    <w:rsid w:val="00900A79"/>
+    <w:rsid w:val="00933877"/>
+    <w:rsid w:val="00955956"/>
+    <w:rsid w:val="00996509"/>
+    <w:rsid w:val="009A1C85"/>
+    <w:rsid w:val="00A26D01"/>
+    <w:rsid w:val="00B314F7"/>
+    <w:rsid w:val="00B50A1D"/>
+    <w:rsid w:val="00B80257"/>
+    <w:rsid w:val="00B970C8"/>
+    <w:rsid w:val="00BC2F25"/>
+    <w:rsid w:val="00BC7964"/>
+    <w:rsid w:val="00C03343"/>
+    <w:rsid w:val="00C42903"/>
+    <w:rsid w:val="00CA6211"/>
+    <w:rsid w:val="00CB392E"/>
+    <w:rsid w:val="00CC4101"/>
+    <w:rsid w:val="00CC4B0E"/>
+    <w:rsid w:val="00CC4C81"/>
+    <w:rsid w:val="00D25755"/>
+    <w:rsid w:val="00D65954"/>
+    <w:rsid w:val="00D73A91"/>
+    <w:rsid w:val="00DA1DF5"/>
+    <w:rsid w:val="00DC2443"/>
+    <w:rsid w:val="00DC3314"/>
+    <w:rsid w:val="00DE632B"/>
+    <w:rsid w:val="00E44D0A"/>
+    <w:rsid w:val="00E62F0A"/>
+    <w:rsid w:val="00E66B27"/>
+    <w:rsid w:val="00EB3678"/>
+    <w:rsid w:val="00EE5357"/>
+    <w:rsid w:val="00F21F41"/>
+    <w:rsid w:val="00F52E2C"/>
+    <w:rsid w:val="00F57E5D"/>
+    <w:rsid w:val="00F60B80"/>
+    <w:rsid w:val="00F74050"/>
+    <w:rsid w:val="00F75398"/>
+    <w:rsid w:val="00F863E5"/>
+    <w:rsid w:val="00F94BEA"/>
+    <w:rsid w:val="00FA313F"/>
+    <w:rsid w:val="00FB1F11"/>
+    <w:rsid w:val="00FC1619"/>
+    <w:rsid w:val="00FD1A17"/>
+    <w:rsid w:val="00FE29E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1034"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{08A3EF33-3895-4D43-8DD0-01E6473174E3}"/>
+  <w15:docId w15:val="{97BA9598-A675-43E2-91E2-FB6B8D64A26F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12225,377 +7870,318 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E206D5"/>
-[...49 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EE5357"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00EE5357"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="00EE5357"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="00EE5357"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="00EE5357"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="00EE5357"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="00F94BEA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00587882"/>
+    <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="100"/>
+      <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00587882"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00194DDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00DC17E5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00194DDD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...4 lines deleted...]
-    <w:rsid w:val="00DC17E5"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00194DDD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00194DDD"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:rsid w:val="006464F0"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C05A41"/>
+    <w:rsid w:val="006464F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...58 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="474686343">
-[...12 lines deleted...]
-    <w:div w:id="1466505780">
+    <w:div w:id="1162162818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12629,84 +8215,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12842,70 +8430,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1828</Words>
-  <Characters>10420</Characters>
+  <Words>1866</Words>
+  <Characters>10638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12224</CharactersWithSpaces>
+  <CharactersWithSpaces>12480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>