--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,1625 +1,1580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0037085C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0037085C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Протокол № 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на занятие вакантной должности логопеда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дошкольных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по КГКП «Санаторный ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...348 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="160" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="144"/>
-        <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="583"/>
+        <w:tblW w:w="14790" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="2551"/>
-        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="5184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C4518" w:rsidRPr="006914C0" w:rsidTr="00E134F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="00E134F8">
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель комиссии:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Смагулова Ж.М</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист КГКП «Санаторный </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №49»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Секретарь комиссии:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Карпенко Л.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитатель КГКП «Санаторный </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №49»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007C4518">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алтыбасарова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г. К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>специалист ГУ «Отдела образования города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурпеисова А. С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководитель КГКП «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №23 города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C4518">
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Смайлова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитатель КГКП «Санаторный </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №49»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>төрағасы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кунанбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C4518">
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А. Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="007C4518">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007C4518">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель казахского языка КГКП «Санаторный </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00325802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007C4518">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00325802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...547 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №49»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5184" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              «31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>окября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9748" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="6663"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Присутствовали:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716440" w:rsidRPr="00325802" w:rsidTr="003D2B2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отсутствовали:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="003D2B2F">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325802">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОВЕСТКА ДНЯ:   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проведение квалификационной оценки документов кандидатов, участвующих в конкурсе на занятие вакантной должности (временно вакантной должности) логопеда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007C4518">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t>Қатысқандар:   6</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ход заседания:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На рассмотрение комиссии конкурсных документов претендентов на замещение вакантной должности логопеда на основании объявления о конкурсе с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17.10 – 27.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлены не были, так как обращений на занятие вакантной должности логопеда в установленный срок не поступили.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007C4518">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t>Қатыспағандар: 0</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
-[...32 lines deleted...]
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007C4518">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t>1. Логопедтің бос лауазымына (уақытша бос лауазымға) орналасуға конкурсқа қатысатын кандидаттардың құжаттарына біліктілік бағалауын жүргізу</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В связи с отсутствием  кандидатов, на занятие вакантной должности логопеда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признать конкурс несостоявшимся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель конкурсной комиссии:                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены конкурсной комиссии:                              </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Нурпеисова А. С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRPr="00325802" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Секретарь конкурсной комиссии:                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карпенко Л. В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716440" w:rsidRDefault="00716440" w:rsidP="00716440">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
-[...37 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00C139D7" w:rsidRDefault="00C139D7">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="007C4518" w:rsidRPr="007C4518" w:rsidRDefault="007C4518" w:rsidP="007C4518">
-[...311 lines deleted...]
-    <w:sectPr w:rsidR="00EB3791" w:rsidRPr="007C4518" w:rsidSect="007C4518">
+    <w:sectPr w:rsidR="00C139D7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -1719,57 +1674,53 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E52D41"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F30EDB"/>
+    <w:rsidRoot w:val="00716440"/>
+    <w:rsid w:val="00716440"/>
+    <w:rsid w:val="00C139D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1912,99 +1863,99 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Web">
     <w:name w:val="Обычный (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="119" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -2131,114 +2082,113 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Web">
     <w:name w:val="Обычный (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="119" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4518"/>
+    <w:rsid w:val="00716440"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2492,70 +2442,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1703</Characters>
+  <Pages>2</Pages>
+  <Words>272</Words>
+  <Characters>1556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1998</CharactersWithSpaces>
+  <CharactersWithSpaces>1825</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Sony</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>