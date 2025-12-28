--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,4147 +1,2659 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3387CAA5" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+    <w:p w14:paraId="50A6CE01" w14:textId="65A41C33" w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00D4488A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk145332749"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008811B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русского языка и литературы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с казахски</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054BA218" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="2C9F992D" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="41962B97" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39131486" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C073C43" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="487376F9" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="657"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="01C42E17" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E28DA8E" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60556E40" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="00005F47" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Республика Казахстан, Павлодарская область,                                город Павлодар, улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бухар жырау, 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005F47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="489813B4" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="10A8139D" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0529C1" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301FA20A" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87057006445</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="2A874F08" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D38B177" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FCEA3C" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB2EEFD" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00005F47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh2@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="3365A13E" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EFA7B2" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C011D93" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D855F0" w14:textId="2513ED9C" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00B04111" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="008811B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00834C56" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с казахским языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B04111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="30E4D834" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE7A52F" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB8D7DD" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773E0050" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="209F04C3" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F865E85" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="6A5A1C51" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56470C18" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA7E050" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095556F9" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29F65651" w14:textId="4604EFC9" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="008811B5" w:rsidRPr="008811B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>210 240,36</w:t>
+            </w:r>
+            <w:r w:rsidR="008811B5" w:rsidRPr="00D4488A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B04111" w:rsidRPr="00B04111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w14:paraId="5959EC9D" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFD46CA" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1891746C" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F2C2030" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADB99D1" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55A8D299" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A4122C" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="005763A2" w:rsidRDefault="00834C56" w:rsidP="00CF7FBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w14:paraId="31720321" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D71993" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFD14BC" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3711658F" w14:textId="7059E722" w:rsidR="00D4488A" w:rsidRPr="008D234C" w:rsidRDefault="008811B5" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>09.11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w14:paraId="74616E83" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEEDD34" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA91A63" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2566239B" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A70AA67" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F461AFE" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F86597E" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5023FABC" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F56CE79" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103BB913" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E37BB75" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1F6221" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E0451AD" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BE0A7A" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A4BFBD" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="425C9232" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w14:paraId="6C16A106" w14:textId="77777777" w:rsidTr="00CF7FBB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D99C70" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="001F4BA9" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F53507A" w14:textId="77777777" w:rsidR="00D4488A" w:rsidRPr="005763A2" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A431F5B" w14:textId="088F3C70" w:rsidR="00D4488A" w:rsidRPr="00246C56" w:rsidRDefault="00D4488A" w:rsidP="00D4488A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B2C6182" w14:textId="77777777" w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A59BA8" w14:textId="77777777" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C51574B" w14:textId="77777777" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378EBB3A" w14:textId="77777777" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00834C56">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3300"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="778E8CF7" w14:textId="77777777" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk145332749"/>
-      <w:r w:rsidRPr="001F4BA9">
+    </w:p>
+    <w:p w14:paraId="78778C9B" w14:textId="77777777" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CEAA702" w14:textId="77777777" w:rsidR="00E33363" w:rsidRDefault="00E33363" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№2 </w:t>
-[...13 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9A8C3B" w14:textId="4847DA0D" w:rsidR="00834C56" w:rsidRDefault="00834C56" w:rsidP="00834C56">
-[...4037 lines deleted...]
-    <w:sectPr w:rsidR="00834C56" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00E33363" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5194,51 +3706,50 @@
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007B5987"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00800EFA"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00834C56"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="0084347E"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="0086034E"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="008811B5"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
@@ -5358,50 +3869,51 @@
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF3E7E"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C35D88"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
@@ -6428,78 +4940,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F65D3F1-8E97-4327-AC7A-AB0091E5C95E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0CDD7A4-8AD0-425A-8584-3DD6FBCA8295}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>652</Words>
-  <Characters>3719</Characters>
+  <Words>682</Words>
+  <Characters>3890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4363</CharactersWithSpaces>
+  <CharactersWithSpaces>4563</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>