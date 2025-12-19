--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,12979 +1,12910 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="501358EF" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="756999E9" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...68 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1147A1B1" w14:textId="5037FF08" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="74DB4BF4" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="007B71CE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
+        <w:t>Павлодар қаласының № 26 жалпы орта білім беретін мектебі " КММ конкурс жариялайды</w:t>
       </w:r>
-      <w:r w:rsidR="008C4E33">
+    </w:p>
+    <w:p w14:paraId="641FCB6F" w14:textId="1BFDBE63" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="007B71CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дефектолог лауазымына.</w:t>
       </w:r>
-      <w:r w:rsidR="003378D1">
+    </w:p>
+    <w:p w14:paraId="32CC41FC" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00307343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дефектолога</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7551"/>
+        <w:gridCol w:w="510"/>
+        <w:gridCol w:w="2753"/>
+        <w:gridCol w:w="6762"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="525791B0" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0031326B" w14:paraId="0A4B1092" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0412C71D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="610C2029" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F6D65C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293AA6E7" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="02E6264A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A21B5DF" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB" w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="622AD266" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="007B71CE" w14:paraId="03071972" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="047CFE9C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC75B5F" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4A405FD8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07093D68" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
-[...13 lines deleted...]
-          <w:p w14:paraId="22A9ABA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="006972A3">
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088575DB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0029406B" w:rsidRPr="00DD085B">
+              <w:t>140000, Қазақстан Ре</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB" w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+              <w:t xml:space="preserve">спубликасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:t xml:space="preserve"> Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB" w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:t>Семенченко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...27 lines deleted...]
-              <w:t>70</w:t>
+              <w:t xml:space="preserve">  көшесі, 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5D41C1B2" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w14:paraId="424A37EA" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1FD67DC1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4267D772" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="02A321C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C110A0" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
-[...13 lines deleted...]
-          <w:p w14:paraId="47532F13" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA79D4C" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...27 lines deleted...]
-              <w:t>60-19-20</w:t>
+              <w:t>8 (7182) 601920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="2EECF124" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w14:paraId="6B4CE226" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EB0B9AF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="344FD48A" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1CD03742" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75998560" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
-[...13 lines deleted...]
-          <w:p w14:paraId="7AE499CB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="00774DBC" w:rsidP="0044022F">
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9EAC83" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="007B71CE" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00774DBC">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="3482573A" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="007B71CE" w14:paraId="2898585D" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="52EBB73C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="7F8CAD5C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37E16BBD" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E38F71" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5DEEFD90" w14:textId="7697C038" w:rsidR="001E6570" w:rsidRPr="00BF3F55" w:rsidRDefault="003378D1" w:rsidP="003861F7">
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F02C6FA" w14:textId="4D3BD64F" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дефектолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="0D277382" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0031326B" w14:paraId="0F9FD1C4" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="075924B7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="77829EDB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="01E22F64" w14:textId="2BAB4853" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691524CD" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">основные </w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="30C89A14" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AEAEB8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1ACBB0CF" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта және жалпы орта білім берудің оқу бағдарламаларын іске асыратын орта білім беру ұйымының, оның ішінде арнаулы мектептердің (мектеп-интернаттардың) арнаулы педагогы үлгілік оқу жоспарлары мен бағдарламаларына сәйкес кемтар балалармен жеке, топтық және кіші топтық сабақтар (сабақтар) өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1371987F" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="134AA9E0" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07F3F6D7" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3263C474" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді және тәрбиеленушілердің ерекше білім алу қажеттіліктерін бағалауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35513A26" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="387453F5" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08308572" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="61C5B239" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>даму мүмкіндіктері шектеулі балалардың психофизикалық даму бұзылыстарын еңсеру үшін жеке оқу, Жеке-дамытушы, түзету-дамытушы бағдарламаларды әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)сабақтар өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487C1E63" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="785314D6" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CA689BD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="265357AB" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүмкіндігі шектеулі балаларға арнайы психологиялық-педагогикалық қолдау көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFF0653" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="665713C2" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01A2A939" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="359DF51C" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар балаларды психологиялық-педагогикалық сүйемелдеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5842A7FA" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="07D101C7" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10330B79" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="783DD128" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа педагогтермен және мамандармен өзара іс-қимылды қамтамасыз етеді, білім беруде инклюзивтілік қағидатын іске асыруға ықпал етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114BE43F" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="768DEFA0" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="277FFCB6" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3E2ED652" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа педагогтармен және мамандармен тығыз байланыста мүмкіндігі шектеулі балаларды дамыту және әлеуметтендіру жөніндегі қызметті жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740E91F4" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="25E0D1BF" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E02348D" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3CDB4A94" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиешілерге, адамдардың (балалардың) ата-аналарына және өзге де заңды өкілдеріне оқыту мен тәрбиелеудің арнайы әдістері мен тәсілдерін қолдану жөнінде консультация береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A6E940" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="43C8E077" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F4F28F8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0C5800C3" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, мемлекеттік жалпыға міндетті білім беру стандартының және үлгілік оқу бағдарламаларының талаптарына сәйкес оқытудың алуан түрлі нысандарын, білім беру технологияларын, тәсілдерін, әдістері мен құралдарын пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE3A170" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2721EFEA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79B51C60" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психологиялық-медициналық-педагогикалық тексеру және консультация беру бағдарламаларын (психологиялық-медициналық-педагогикалық консультациялар), түзету-дамыту бағдарламаларын (психологиялық-педагогикалық түзеу кабинеттері, оңалту орталықтары, аутизм орталықтары және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>аутизм-центры и другие центры) проводит специальное педагогическое обследование детей с ограниченными возможностями;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BFDAAE3" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+              <w:t>басқа да орталықтар) іске асыратын арнайы білім беру ұйымдарының арнаулы педагогы Кемтар балаларға арнайы педагогикалық тексеру жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340E9526" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D91C03A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E7C9977" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4B882AEA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше білім беру қажеттіліктерін командалық бағалауды жүргізуге қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1828B8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="41E3358A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DF076B" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4489C381" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-педагогикалық түзету кабинеттерінің, оңалту орталықтарының, аутизм орталықтарының арнайы педагогы білім беру ұйымының жоспары мен кестесі бойынша жеке, кіші топтық және топтық сабақтар өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612C4EFD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="741DF391" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDF25CF" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3C15FB5C" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABA779A" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3258D1AA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E8B1D19" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1470270D" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзінің кәсіби құзыреттілігін арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E80CDD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D96CB5B" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="364270BF" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0D042D4A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңестердің, әдістемелік бірлестіктердің, желілік қоғамдастықтардың отырыстарына қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEC2FE5" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="744A3171" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58F63C3B" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5D57B9C7" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше білім берілуіне қажеттілігі бар тұлғаларға қоғамның толерантты қарым-қатынасын қалыптастыру бойынша жұмыс жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79718DAE" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="097EFFB5" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14553BC8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="68247242" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E32CF8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1DEFA206" w14:textId="59402DF5" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B023B0B" w14:textId="3A40DA3F" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">      обеспечивает охрану жизни, здоровья и прав детей в период воспитательного процесса.</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесі кезеңінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5F51271F" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="007B71CE" w14:paraId="39FF9DA3" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D8705F6" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="013F0B99" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7FFC8FFF" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAC9351" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="172D1D7B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C12B8B8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="38D0A444" w14:textId="2871BA58" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55455757" w14:textId="7B71D122" w:rsidR="0067655F" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="373AA177" w14:textId="7C5D9F9B" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00E250F8">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="006D10B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>133 478</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F805B5" w14:textId="4848BDD9" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="0067655F" w:rsidP="006D10B0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="006D10B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>163 702</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD085B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00801F06" w:rsidRPr="00DD085B" w14:paraId="376E2DD9" w14:textId="77777777" w:rsidTr="00801F06">
-[...4 lines deleted...]
-          <w:p w14:paraId="4756C8BF" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0031326B" w14:paraId="42B36A03" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4F487D" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67602439" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629CA7D1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD085B">
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E5A7A91" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EDEF6E9" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5FB59225" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="005763A2" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEA2634" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="53B47041" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="005763A2" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC85CDA" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="70924BAD" w14:textId="4C434D25" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12BEF46B" w14:textId="339EE75F" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00C75073" w:rsidP="00C75073">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00801F06" w:rsidRPr="00DD085B" w14:paraId="1780015F" w14:textId="77777777" w:rsidTr="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="007B71CE" w14:paraId="273C0CB4" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18E1BD5E" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F6D751" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="272A8954" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AF43A6" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="25E32E9D" w14:textId="2900D4AD" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00940D69" w:rsidP="00801F06">
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C30FA6" w14:textId="753BF32D" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00F431DA" w:rsidP="006F1A8C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00C76193">
+            <w:r w:rsidR="0031326B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00AA2F2B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0031326B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0031326B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="007A15F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C76193">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="0031326B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00AA2F2B">
-[...47 lines deleted...]
-            <w:r w:rsidR="00AA2F2B">
+            <w:r w:rsidR="007A15F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00801F06" w:rsidRPr="00DD085B" w14:paraId="14AD510C" w14:textId="77777777" w:rsidTr="00801F06">
-[...4 lines deleted...]
-          <w:p w14:paraId="24C1662A" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0031326B" w14:paraId="786CA1FB" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C00E1C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A792C21" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73EA3544" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD085B">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7FA666" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="451F61E8" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>2) документ,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFBECBA" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>3) заполненный</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB5878A" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751DAF84" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5)  копию документа, подтверждающую</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (при наличии);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EE35ADC" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43215FCC" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7264DF96" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>с психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2408F420" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="005763A2" w:rsidRDefault="00801F06" w:rsidP="00801F06">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="22E26C77" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="068A32EA" w14:textId="77777777" w:rsidR="00801F06" w:rsidRDefault="00801F06" w:rsidP="00801F06">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="6367C527" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0364A7" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60391B54" w14:textId="77777777" w:rsidR="00C75073" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B495C73" w14:textId="09DA5C5B" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00C75073" w:rsidP="00C75073">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...151 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AA39539" w14:textId="77777777" w:rsidR="00801F06" w:rsidRPr="005763A2" w:rsidRDefault="00801F06" w:rsidP="00801F06">
-[...253 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00801F06" w:rsidRPr="00DD085B" w14:paraId="61DA4A41" w14:textId="77777777" w:rsidTr="00801F06">
-[...4 lines deleted...]
-          <w:p w14:paraId="07242F32" w14:textId="4EA3B2E2" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+      <w:tr w:rsidR="00307343" w:rsidRPr="007B71CE" w14:paraId="0CD1BC10" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A8F2446" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1233508E" w14:textId="79126190" w:rsidR="00801F06" w:rsidRPr="00DD085B" w:rsidRDefault="00801F06" w:rsidP="00801F06">
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="606F88A4" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B71CE">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31D9D51E" w14:textId="54959CF0" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="580AE6C4" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
+    <w:p w14:paraId="65287552" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C29BDE1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48663A94" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E21171" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC3CF14" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55EC007D" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59DBAD86" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9CE005" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4B00B3" w14:textId="2762B363" w:rsidR="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1088B53C" w14:textId="679D7139" w:rsidR="00FF43E6" w:rsidRDefault="00FF43E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...11 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4917BF44" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="34FDC180" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1223A4F7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="5179601A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk146879965"/>
-            <w:r w:rsidRPr="00FE63EC">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C7C52FF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="3868A342" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z425"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00FE63EC">
-[...70 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214BDE57" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="769D6E64" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A0FAC7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 15-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC14EEE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="66D24FBF" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="1C920B6D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F117077" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="05F51875" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B145A20" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="26B7E286" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z426"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственный орган,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс жариялаған, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7779F3FC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D4A2F39" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="29CD1842" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12027992" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="3C2876A4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>______________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________</w:t>
+        <w:br/>
+        <w:t>кандидаттың Т.А.Ә (бар болған жағдайда), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-[...73 lines deleted...]
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FEA40B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="775C432C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Өтініш </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE7F0D8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="2989E7C5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...10 lines deleted...]
-        <w:t>должности (нужное подчеркнуть)_____________________________________________________________________</w:t>
+        <w:t>      Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) _________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0F66D0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="2A8D42EA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін ______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұйымның атауы, мекен-жайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE7F2F5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="084CD664" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="6BEE5003" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="378C14B8" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49608016" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="06C96378" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="161EB917" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="76F99B5A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33AF6CD1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="60C9C4B4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="05296C53" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="1B5E2859" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="308064DF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="14039CD4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48AA9A80" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="69A43D84" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53F5F205" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5CD8DC40" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D529BA3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0686614A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9 lines deleted...]
-            </w:r>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C4F05C8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E9DC8D0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="762D907A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D0C8C02" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="756413F2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="212D50CB" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="063E9482" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+        <w:t>      Біліктілік санатының болуы (берілген (расталған) күні):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>____________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t>Педагогикалық жұмыс өтілі:________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____</w:t>
+        <w:t>Менде келесі жұмыс нәтижелері бар:________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Стаж педагогической работы: ______________________________</w:t>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="29D3FF38" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________</w:t>
-[...72 lines deleted...]
-        <w:t>____________</w:t>
+        <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62814EC4" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="44F2BF77" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15B798F0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="2FA813F2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F72D999" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="5E11EAFA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___</w:t>
+        <w:t>_»_____________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қолы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34129514" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="70705E45" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47EDF994" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="21DD7B06" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="43B87828" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="743283CE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F8C9064" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="48C555B1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E8BF5D7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="55755033" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z432"/>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="00FE63EC">
-[...70 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109299C2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63216A29" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F29A10" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 16-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0D1241" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59823B87" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16E67FA9" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="50F766E7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="7C4711DD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="37DFA088" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23BC23CE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3E338981" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03B64C2A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="5A2EEEAE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерийлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03948ED3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="55877ABA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7537E487" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Кол-во баллов</w:t>
+          <w:p w14:paraId="497C1287" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="6CB27AFE" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="6875C43F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D85512E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="191E52EE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E884255" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3B603FEA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C656A95" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="7680CA79" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B69657" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="45E47553" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-ден 20-ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="1F0F52D8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="1631A464" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="162557FD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="08F68F97" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31AD462D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="75EF3A24" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F69E7D7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="7596704F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CF0057C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Техническое и профессиональное = 1 балл</w:t>
+          <w:p w14:paraId="275F8302" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="6DBEED7C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="13F51FAF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29E9F86B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="097C60CE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FEBF372" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="039A7576" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69E71655" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5798F34D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6150A460" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Высшее очное = 2 баллов</w:t>
+          <w:p w14:paraId="21BABD19" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="0BA88EE8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="6FADF33F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50A99C7E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3DCD2782" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15E55DBA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="02718324" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B4954C8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="57C0B88B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67463693" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Высшее очное с отличием = 3 балла</w:t>
+          <w:p w14:paraId="17749CBE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="3B6BE8DA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7B796B32" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C7F042A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7F59AA00" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FCFADB5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2DDBB46B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D47A231" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="60A52E6F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3025F670" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Магистр = 5 баллов</w:t>
+          <w:p w14:paraId="3BF32FB1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="7542FF8C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="37C0B324" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D0B595" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7C124B75" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E5AFBA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9365E2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10C4B62A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>PHD-доктор = 10 баллов</w:t>
+          <w:p w14:paraId="63B87DD8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="31821979" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="6131ECC3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2652949F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="76A54697" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="491C6DDB" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3D91F8E1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62AF3915" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="2405AA7A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="772DC240" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Доктор наук = 10 баллов</w:t>
+          <w:p w14:paraId="0869E2E4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="586EF31F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="107D9D5E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6717F31F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5354EDEC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CD6E6FF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7C3864F3" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B688C57" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="1A85C5E6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74DCDF49" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="1905D9B4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="1B3C3365" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="3A6A2231" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3371D2FD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3E0AE3DC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30B80EE0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="42D4380D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="201F6E7C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="62772F59" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70DE4CFB" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w14:paraId="1160675D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="35C76C2A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="3C31ACA9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F8C670E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="14AE8F9D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07C83D66" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27E830D9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11A6B08E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42CFE225" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C2385E0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39D3B373" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09980AC9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28E289DA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15CF38F4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49C8AA6D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="323F03DF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3684478C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BB98EEB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68AC84AB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D6A6FE9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="375404AD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D44422E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EABB6AE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C8BEE22" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F3B3550" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42360C5A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>2 категория = 1 балл</w:t>
+          <w:p w14:paraId="4D792949" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="7F9BE36C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7249748B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E8D53C3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="58B9B2C0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ED324C6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="670B440B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15369DF8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="363E4119" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B56E4FE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>1 категория = 2 балла</w:t>
+          <w:p w14:paraId="0D543387" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="55B990D5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="192C578E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A70AFE1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="0708E2AC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70181823" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7AECA2CB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6762E8E7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="632E3C6E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588DDF3A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Высшая категория = 3 балла</w:t>
+          <w:p w14:paraId="7FD13D5F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="234DA311" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="794FACB6" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AF61046" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5527A7BE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CDB1F8D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6D5B16F6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D56410F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5A8CCDA2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="510AB850" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-модератор = 3 балла</w:t>
+          <w:p w14:paraId="66B999D7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="5FE3A388" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="60F57741" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74757A05" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="00A1B9A2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D71085" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="575B2489" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AA19E27" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5E958DCF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="153CFDDC" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-эксперт = 5 баллов</w:t>
+          <w:p w14:paraId="2A6E350A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="280C0A8A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="49B1BCBD" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B05849A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="43ECE26A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DBCECDF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="71B6C243" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33D81A8D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="0B4788AB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="047F7083" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-исследователь = 7 баллов</w:t>
+          <w:p w14:paraId="5252B334" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="087909D9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="77BF78C1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70FD0567" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="42A27940" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35C5463E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6E1256E0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C247BE2" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="509BCC48" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EB17241" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="03F8B835" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="3008C2EB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="59092CBE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="267B8254" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="07888A77" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C349E92" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29B40861" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AB233B2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2176384A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F5A35D7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52D05378" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D1EFEAF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="491D3C1E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01981BC0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="436D47DA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="526A4B64" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52DB0E6C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38C52FEF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FCCB079" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DABF994" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+          <w:p w14:paraId="6A9B0B30" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="21FCF01B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="0948D5B4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2A7DDF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="50065BF9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="082BBF50" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1F034F54" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="115717BD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5D070442" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55365F90" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+          <w:p w14:paraId="713B4166" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="5DD09B4F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="4EC78485" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F93F8A6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4A3B0061" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AB6E506" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="548A6699" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="057D069A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5C8EE1DC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2872F93F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w14:paraId="707B8C6F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="1CB8C76A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="1C8929B4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26E31319" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="5733C871" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="789D86FE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E50A659" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="070A89B7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A51DBBE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7167CC95" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="362051B0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10EA9399" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="122D1313" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C7807B0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+          <w:p w14:paraId="6641861C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC2C193" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="545E0373" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7D594981" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77C6EA1F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="55119743" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2510A571" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1EE4BA03" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AA7B566" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="47C0C24E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EE6B942" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="48EB1389" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="5A6341B9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4FD09012" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35B730E3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="6565D8CA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FDB53B3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="0F3AB233" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C26CEB3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="59D308D2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67D4663E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="10064645" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC280B5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="364774EC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="6FCE8EBA" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CDD30F2" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="0F33E719" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CAB8C7B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5535546A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C3918FC" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="79F45865" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55804E44" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="2DF01E7E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4CBDEA21" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="15FBA356" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E5D62FD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="6246764C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FAB7B46" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="44351DD9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40A4ED8B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="44C6D850" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1239C16B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+          <w:p w14:paraId="1B653DAC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар және конкурстар жеңімпаздары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="01B41372" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="02BE9D10" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CCBE009" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="71B5E864" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="245E9043" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6AA12F79" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AD12FC2" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="44A72B92" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26220204" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>научных проектов = 1 балл</w:t>
+          <w:p w14:paraId="5C3F481E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми жобалардың = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="314E330B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7129B70B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="745AB488" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="659C3372" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56CCC77C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="346E84F1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="090DB731" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="0EEEEAF2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E398FCA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+          <w:p w14:paraId="7EB7EDC6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен байқаулардың жүлдегерлері = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="195A002B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="1786E5CE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2008EDD0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="68601369" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1197FC9D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="48D58B12" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EC2C16B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="434508E8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6082EA0E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4A737E2D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BBC72A4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="7782F461" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="0DD0251A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CC5265F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2D2ADCB7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="225DDF8F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="606219E4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06562AA6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="2E882F9F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32AED089" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+          <w:p w14:paraId="3997C0E7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="6766980E" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4C76F7E7" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75E61A8E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="052C1F5B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1795BA64" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="08BB8F6C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="661C4B18" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="1E79DFE7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6679BD78" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w14:paraId="448F6733" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="3327FEC6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="13F469B0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E44DC4" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0B1133BC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFA6C78" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B2001C5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15F0DC07" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5435BCF4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C9EB043" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDCC917" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="571B4D86" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D79E32C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="580CF27D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03BF87A5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65C37D6F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B009E2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5777CE8F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A3C2B47" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="615508C6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="163E86CC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77C6050A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02BC5509" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E16EC40" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20720CA6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="525C0C07" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F64911D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+          <w:p w14:paraId="30464C93" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="2BD3A7BE" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="708F38D2" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2065BE35" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="228746F4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A3ECDA5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3AB9B317" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56641D57" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="011858E5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59C669BF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+          <w:p w14:paraId="1E16ED02" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="089F39D2" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="115FCFA6" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71D6F851" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4183C67D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F012287" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="776284BF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49966C7C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="198B7D57" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ACCA9EA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, Scopus = 3 балла</w:t>
+          <w:p w14:paraId="17542017" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="10896669" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="295AEB5C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F79EF86" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="23ADDD1C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="600851CA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A368B53" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="598BB9EE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6068C3F0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E31BE48" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="455D9FCE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C87EE6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DB907F6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E732A01" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="131F46B3" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31E80ECE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E8CBD25" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6840F2C8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAEC14B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="313A1D88" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D8BC898" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="169B2F0F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A6922FF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E707498" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B35AA89" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29E2373A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>наставник = 0,5 балла</w:t>
+          <w:p w14:paraId="24DC0FE8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="25184655" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7FFBD9DB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="022A7708" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2003E51E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="322519D1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="50796852" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="545C2B56" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5CA3E303" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EF76CDD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>руководство МО = 2 балла</w:t>
+          <w:p w14:paraId="1648C009" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ басшысы = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4F1EE7A2" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="5C213C8C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F4F0206" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7BE1966C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="050D5D2D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1854B4C8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CBC3547" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="04A826C4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B54CBE6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+          <w:p w14:paraId="41E3D2F8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4BC68B4C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="2BA47545" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA90AB7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="021CB981" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="430CF8A7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="230539E5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63AC0757" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="1A8ACA3B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59A28B4A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+          <w:p w14:paraId="597D0137" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="39DB6CD8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="7587E4DB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ADAAE4A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5F33AD2F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="525D11E4" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5C87CB19" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57843CD5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="608774EB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="071E8B87" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="479D385B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="3BBBAAFA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="35743AF9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31EB7A27" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="796391AD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31BA0249" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="7BD89E3E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47F6755F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="403BAF3A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5501A8F5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+          <w:p w14:paraId="4CBE23E7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="19C25456" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4F3D303A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="299B08D8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="47072511" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BAF2002" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7825E95E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="486BC8E3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="6176C670" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A069656" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>= 0,5 балла</w:t>
+          <w:p w14:paraId="24A7AA4E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="257426EB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="73A30A8F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2A1AB8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="796FFC41" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D4FD685" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="582D4BFD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AE55F58" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="5CC904D9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАЗТЕСТ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C878131" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>курсы</w:t>
+          <w:p w14:paraId="26CBCDCD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="60A04BAB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="53FD9114" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="3900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7405D16C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="50D90F07" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E400416" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="32225BC8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E9908B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="6B27D222" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535AE216" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00000000" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="71B55151" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізімге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="293290A1" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="3CC57EDD" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0083CB9F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="41B38176" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2746D6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1E7A5380" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CD562CD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="55E221DA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713C165B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+          <w:p w14:paraId="5F39858E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрқайсысы бойынша жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="0C25462D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="73DABC46" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13E335CD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7FA0BBCC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E93ADA0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5451874E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="527896C9" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="56C0A176" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="773D77AE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="36FF1BD0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="22377CCD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4750147C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D01D87C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2975AEBC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ADAC000" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="22BD2BF4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55048741" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="4E4BF852" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python бағдарламалау негіздері", "Microsoft корпорациясымен жұмыс істеуге үйрету" бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29C5BEDA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="538242F8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="621AA030" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="08943A1C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45BB8283" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="662EC491" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="458AC4B7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2B37E19E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77A9743F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="19D7364E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ADD97F0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="704B01E2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4B0CD002" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4764CD15" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32802EA6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3985F327" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A8A6EA4" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="62CDF4BC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BC38FB4" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="1232BAC6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="086CA544" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3F33F5AD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="5481EFEA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4068B06B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4594C04E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="011C734D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A25988" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3B800E31" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D51B782" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3AAD30A3" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEFL Cambridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52F9CEDE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="212FC36B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="32CF276F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="44DD2219" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17DDD8F9" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="0B44DCD4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34D990B0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6BD87054" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19908DAD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="695A3302" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5997E23D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4463D487" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="0EFF03BC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="11101BBA" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5028AF08" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7271F7DD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43CF9A5A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="193ED0E0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E613D60" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="19DFD0F5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437C34B6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3A600798" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="12ADC21B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="23D28908" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="683F0010" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="32046951" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53F24B90" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6E490B7C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1149C6C8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="034A83B2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="565B969C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5CAAE9A7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="1ADB6E4F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="1F519551" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EFC3AB6" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5EDFCED2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D6514BD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4B0E431A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49D9481D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7D311D19" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB055E1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6036546C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="387CD281" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="1150434E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F2390CE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="17DA155A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4277334F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2471D7C4" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71F83CEE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3E6F4B47" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B46717E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4EA7AACC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="58A57A00" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4E5A4F2D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27A46FA3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4F32D017" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A5B92B5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6B65EA81" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5618296E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3FE24323" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77FA4E94" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="66365B52" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="16322DC8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="0B3A5711" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F46441D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="799C4AE2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25AFFEE1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7BF1C2A0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BD1B841" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="04C45E27" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6796907E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7C5CB28A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="62152EB0" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="3A2D01D2" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E131CBD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="582ACF43" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E423249" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7D5E1DFE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C8FFA21" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1EB1A59E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A7B9523" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="202B5A1E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="6BDEA008" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="4B6B6BE4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61AD0102" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6BABB5B8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="450C9938" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="35674B48" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F5EDDFA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="56BFD150" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45767120" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="17CDC0D5" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="373A0601" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="410D7D5D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56AE30B7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7316F2BA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="738FC634" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="526AAECC" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DB39E0B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="61C0B13B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EC2EE3B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="385C1E91" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="1941AE5A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="05B53FA8" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48053386" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3D8F26B6" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A966962" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="37CCEA5C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="475595F0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4B47A7E2" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39660103" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1700687D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="154959B2" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="42750D36" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07CA7982" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1557C502" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DA41649" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="632DA14F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AF7F937" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="68924DC1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36206ED9" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4FBDE132" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="18192AF9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="7D4FF4A8" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A02B37E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1F88A67D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14ACBA99" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5867C307" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="417F408C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1FB1D789" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49DC00D8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="04A65D25" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="2FA694CC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="75E76CB3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18925765" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7F69D547" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="412F755D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1A27F590" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B6490D" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="0A045707" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="701D5083" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="638B667B" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="55A27D25" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="79FB73C5" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24A71C78" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4A41FE12" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39FBF093" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="60BCD9DF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11490E19" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="47FF17FA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AAE8EA1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2047B51A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="0DAE5ABA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="00A1BF29" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55A7D94B" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3E9537CA" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2347FED2" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7D8A1785" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C077956" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="35B55309" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65C690D0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="083F54B8" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="55D737DE" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="5E04D334" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74DB38E8" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="582F30BB" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192303FC" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="256D4F8D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F5C9D01" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="6D919C73" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0033FC" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="062BEBE1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="3A674C55" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="32E35496" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C871A03" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="7A276221" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25FDC12E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="53EC8FF0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12E8BE42" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="355ABF15" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05D79477" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="75615ABF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="79599609" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="0BF6AD6D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27E82E13" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5630DA6E" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="113C5689" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2B3882EE" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D0921F" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="3203BD8D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26828CA0" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="548BA2F0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="778F3D15" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="28DBCB91" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CDDD525" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="1167F914" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6546F2A3" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="5CCB3CDF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DD73D57" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7BEB1139" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7559228C" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="0400AC39" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="3A84BA12" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="252078E3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D2741F1" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="131D50BF" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7619A95E" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="66AF6568" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51836DCA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="71D2458F" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A17B4ED" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="2AC365AD" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00C76193" w14:paraId="17E12EF7" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="0031326B" w14:paraId="24543172" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E31371" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="69CA6A8A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726D93CA" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="15661451" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70CB9FFF" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="08261549" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EC5DDF7" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="380B4B4A" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="471927B1" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="3C46021F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34D3723A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="4CF9BAE7" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED1F343" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="23841D9D" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476E2329" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="1E70E6E1" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6747C338" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="6C560D38" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="4ABFA368" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="4D8D4F60" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B147DCE" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="64CC44F0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C2B0CC5" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="0B7D97B0" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A95BF9A" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="6C30EF03" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DE44F36" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w14:paraId="2C4E2926" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00896845" w:rsidRPr="00FE63EC" w14:paraId="5EA9770C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w14:paraId="35953CCC" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34ECAFFD" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="412AF509" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77284344" w14:textId="77777777" w:rsidR="00896845" w:rsidRPr="00FE63EC" w:rsidRDefault="00896845" w:rsidP="00885D38">
+          <w:p w14:paraId="280727F9" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="2648DE34" w14:textId="77777777" w:rsidR="00896845" w:rsidRDefault="00896845" w:rsidP="00896845">
+    <w:p w14:paraId="394A2092" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="776C137A" w14:textId="2EDAC3FA" w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="002F267D">
+    <w:p w14:paraId="6BD05F4C" w14:textId="77777777" w:rsidR="008A0A49" w:rsidRPr="00BF2BAE" w:rsidRDefault="008A0A49" w:rsidP="008A0A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD9123E" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidRDefault="00307343" w:rsidP="00307343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidSect="002F267D">
+    <w:sectPr w:rsidR="00307343" w:rsidRPr="007B71CE" w:rsidSect="00AA5229">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="567" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...39 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...657 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...680 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00F70384"/>
+    <w:rsid w:val="000C5EAD"/>
+    <w:rsid w:val="002C1B0D"/>
+    <w:rsid w:val="002F506A"/>
+    <w:rsid w:val="00307343"/>
+    <w:rsid w:val="0031326B"/>
+    <w:rsid w:val="003C52B6"/>
+    <w:rsid w:val="004D323B"/>
+    <w:rsid w:val="0067655F"/>
+    <w:rsid w:val="006920F9"/>
+    <w:rsid w:val="006D10B0"/>
+    <w:rsid w:val="006F1A8C"/>
+    <w:rsid w:val="006F5ACE"/>
+    <w:rsid w:val="007A15F2"/>
+    <w:rsid w:val="007B71CE"/>
+    <w:rsid w:val="008A0A49"/>
+    <w:rsid w:val="009921E3"/>
+    <w:rsid w:val="009D1428"/>
+    <w:rsid w:val="00A4420E"/>
+    <w:rsid w:val="00AA5229"/>
+    <w:rsid w:val="00BB07AB"/>
+    <w:rsid w:val="00C75073"/>
+    <w:rsid w:val="00D54918"/>
+    <w:rsid w:val="00F431DA"/>
+    <w:rsid w:val="00F70384"/>
+    <w:rsid w:val="00FF43E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="kk-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55270F52"/>
-  <w15:docId w15:val="{9D5CB73E-E09D-42AD-B21E-C56691EF4BE6}"/>
+  <w14:docId w14:val="5B9F6F23"/>
+  <w15:docId w15:val="{7E70E368-972E-4E52-9104-5B957D708A1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13319,244 +13250,233 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006920F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00456CEA"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D54918"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-[...37 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D54918"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="006920F9"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="1453785871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...12 lines deleted...]
-    <w:div w:id="1199471041">
+    <w:div w:id="1713573717">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13590,84 +13510,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -13798,87 +13720,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2239</Words>
-  <Characters>12763</Characters>
+  <Words>2159</Words>
+  <Characters>12308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14973</CharactersWithSpaces>
+  <CharactersWithSpaces>14439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>56</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>