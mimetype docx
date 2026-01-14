--- v0 (2025-12-19)
+++ v1 (2026-01-14)
@@ -1,12857 +1,11232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="53C165AB" w14:textId="77777777" w:rsidR="00242E5B" w:rsidRDefault="00047F1C" w:rsidP="00B00AEE">
+    <w:p w14:paraId="08973401" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>(1 мөлшерлеме).</w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="0029406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFA5934" w14:textId="77777777" w:rsidR="00047F1C" w:rsidRPr="00BF2BAE" w:rsidRDefault="00047F1C" w:rsidP="00B00AEE">
+    <w:p w14:paraId="324F1568" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE28D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагога-организатора </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB2C2A3" w14:textId="2CCC3D0E" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00DE28D3" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Начальной Военной и Технологической Подготовки (1 ставка)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB36C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="507"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6667"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="7551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00617288" w14:paraId="7E8DC597" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="2E38A3D8" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="12D8E0AF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="03E1AA81" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="253062A2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0356CEB0" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4C449826" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3443F5C7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="000455F6" w:rsidRPr="00BF2BAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар қаласының № 26</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Средняя </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>общеобразовательная школа № 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w14:paraId="673E4AFF" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="599A03B3" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1FE21F41" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF2530F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="40D5BB95" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64694C20" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="628A1B18" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00F108E4" w:rsidP="003F090F">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369A541F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140007</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="0029406B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Семенченко көшесі, 70</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семенченко</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w14:paraId="1B125DF1" w14:textId="77777777" w:rsidTr="00BD3A9D">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="539707E0" w14:textId="77777777" w:rsidTr="00215398">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="507" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BD00C53" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="048CCD16" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5775B760" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A47D6A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5A08B4F1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="003F090F">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496C1CBB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0044022F" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-19-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="3775D629" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="64160353" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8A7705" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A04DBEC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="00774DBC" w:rsidP="0044022F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00774DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh26@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="10EF8E77" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA5AC2D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CB068C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC71EA6" w14:textId="37FF3FEB" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="00DE28D3" w:rsidP="00D1363E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-организатор Начальной Военной и Технологической </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA231C" w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Подготовки</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA231C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB36C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="7616DB67" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="51391BA2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E5FCBB" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D8FEA5" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>организует работу по военно-патриотическому воспитанию обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73ADF50D" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>разрабатывает учебные программы, учебно-методические комплексы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739EF040" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>соблюдает требования к оснащению и оборудованию учебного кабинета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3373C342" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>совместно с заместителем руководителя по воспитательной работе, классными руководителями (руководителями групп) разрабатывает план военно-патриотической работы на учебный год, обеспечивает его выполнение и координирует работу учебного полигона;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B168620" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>принимает меры по развитию и укреплению материальной базы кабинетов и (или) полигонов начальной военной подготовки организации образования, сохранности оборудования и инвентаря, соблюдения санитарно-гигиенических требований;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2480F2" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>руководит кружками по изучению основ военного дела, военно-патриотическим клубом по изучению основ военного дела, проводит практические занятия и тренировки по действиям в чрезвычайных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55739F8D" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>организует предварительную работу по постановке на воинский учет допризывников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FBCC3AE" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>проводит занятия по гражданской обороне в организациях образования, отрабатывает мероприятия по действию в экстремальных ситуациях, обеспечивает готовность защитных сооружений, индивидуальных средств защиты по гражданской обороне в экстремальных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17ABD3CA" w14:textId="77777777" w:rsidR="00DE28D3" w:rsidRPr="00DE28D3" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>соблюдает меры безопасности в учебно-воспитательном процессе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D105196" w14:textId="26FD2223" w:rsidR="004F2A50" w:rsidRPr="00576AAA" w:rsidRDefault="00DE28D3" w:rsidP="00DE28D3">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="214"/>
+              </w:tabs>
+              <w:ind w:left="97" w:firstLine="263"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="7D864992" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="65EBFE9E" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2993EB83" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABEBA96" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00326AE4" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581D77B5" w14:textId="1F879694" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00A26424">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="0073227E" w:rsidRPr="0073227E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="0073227E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9 657,86</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="5E1F0E28" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C158AE" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B73E1C1" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37A87B16" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5586C9E4" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EFC13EF" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(7182)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17958514" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>60-19-2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="323CBF1C" w14:textId="77777777" w:rsidTr="00215398">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="686EEFB8" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EF41DC" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBE4A7F" w14:textId="1FAFE2C9" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="0073227E" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00512C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00512C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00512C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE28D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00512C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="08DCF2AA" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7C5EE6" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41519391" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7196FEBC" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B76310" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E6044E3" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E3F9DC5" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39945839" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B094B64" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E9DF625" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF8D9D6" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41C9ABE7" w14:textId="77777777" w:rsidR="00215398" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D4897E" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24AB990B" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661AEE9F" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3241295F" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w14:paraId="7CF2C208" w14:textId="77777777" w:rsidTr="00BD3A9D">
-[...8 lines deleted...]
-          <w:p w14:paraId="2AAA989B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00215398" w:rsidRPr="00DD085B" w14:paraId="4D3D225F" w14:textId="77777777" w:rsidTr="00215398">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F560C5F" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="00DD085B" w:rsidRDefault="00215398" w:rsidP="00215398">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43255D39" w14:textId="77777777" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-          <w:p w14:paraId="6DAD32AB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF2BAE" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B761CD7" w14:textId="48A6419A" w:rsidR="00215398" w:rsidRPr="005763A2" w:rsidRDefault="00215398" w:rsidP="00215398">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2013 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A08E399" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00BF2BAE" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="3D5C6E2E" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="32102133" w14:textId="77777777" w:rsidR="00AD1004" w:rsidRPr="00BF2BAE" w:rsidRDefault="00AD1004">
+    <w:p w14:paraId="1DFBA21F" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7BAC1448" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4D2A23E4" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A36BCED" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="79E9E935" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk146879965"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E47ADD2" w14:textId="77777777" w:rsidR="00047F1C" w:rsidRPr="00BF2BAE" w:rsidRDefault="00047F1C" w:rsidP="00BF2BAE">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="55DAFE16" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="005B3ADB">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z425"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...13 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA48FB7" w14:textId="4DCD3E47" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="005B3ADB">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...89 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="0FEE6BD9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="3C1CD036" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1392FA95" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="64AFB572" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6803E505" w14:textId="5C92C22E" w:rsidR="00047F1C" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="43D0CB87" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="005B3ADB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z426"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...41 lines deleted...]
-            <w:r w:rsidR="00165056" w:rsidRPr="00BF2BAE">
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48AC17C2" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="4FC70F5A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D184299" w14:textId="73065C3A" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="210774AB" w14:textId="3AE4FF9E" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>кандидат</w:t>
+        <w:t>___________________</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тың Т.А.Ә</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:br/>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бар болған жағдайда</w:t>
+        <w:br/>
+        <w:t>_________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">), </w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЖС</w:t>
+        <w:t>________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Н</w:t>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>(</w:t>
+        <w:t>________________</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымы</w:t>
+        <w:t>______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жұмыс орны</w:t>
+        <w:t>________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>_____________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________________________________</w:t>
-[...34 lines deleted...]
-        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76BFA83E" w14:textId="6AA1A8EE" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00047F1C" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="36139711" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өтініш </w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A6495C" w14:textId="2D8969F6" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="36799D80" w14:textId="608A624E" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) </w:t>
-[...32 lines deleted...]
-        <w:t>_________</w:t>
+        <w:br/>
+        <w:t>должности (нужное подчеркнуть)_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53592B8F" w14:textId="11536599" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="289743F0" w14:textId="00FA44A2" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+        <w:br/>
+        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазіргі уақытта жұмыс істеймін </w:t>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...55 lines deleted...]
-        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+        <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE8DE53" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="7BAB637B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="5294EEEB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="23F9CE5B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66A5D3AB" w14:textId="64602186" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4E162315" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02B625D6" w14:textId="2896EADC" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="424CAEC0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20D626A3" w14:textId="7949D7C2" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="12D8D897" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="29EFB99D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="373B9A52" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="369E8497" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="416E470F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A5158D0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3EA8E7A9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="608641F0" w14:textId="77777777" w:rsidR="00165056" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="52EFF37A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="263ABA68" w14:textId="77777777" w:rsidR="009D1859" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A1DAED2" w14:textId="77777777" w:rsidR="00B66865" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5235E45F" w14:textId="77777777" w:rsidR="009D1859" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A12B78F" w14:textId="77777777" w:rsidR="00B66865" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6E4BC8A9" w14:textId="77777777" w:rsidR="009D1859" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F37D998" w14:textId="77777777" w:rsidR="00B66865" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6C9B2D8D" w14:textId="77777777" w:rsidR="009D1859" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60A82C29" w14:textId="77777777" w:rsidR="00B66865" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6DC0D8A4" w14:textId="77777777" w:rsidR="009D1859" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27436230" w14:textId="77777777" w:rsidR="00B66865" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="46FB18B5" w14:textId="0EA3FC9B" w:rsidR="009D1859" w:rsidRPr="00BF2BAE" w:rsidRDefault="009D1859" w:rsidP="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60910A0E" w14:textId="41014F2E" w:rsidR="00B66865" w:rsidRPr="00FE63EC" w:rsidRDefault="00B66865" w:rsidP="00FE63EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D8164A8" w14:textId="77777777" w:rsidR="00E96039" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="049C1076" w14:textId="2D034A66" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Менде келесі жұмыс нәтижелері бар:</w:t>
+        <w:br/>
+        <w:t>Стаж педагогической работы: ______________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+        <w:t>_________</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+        <w:br/>
+        <w:t>Имею следующие результаты работы: ___________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidR="00165056" w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_______________________________________________________</w:t>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также дополнительные сведения (при наличии)__________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48FA7785" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="6FFC6528" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BC7F944" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="12E010AB" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51B27846" w14:textId="4F311B7D" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="0FE0F1D8" w14:textId="350FD652" w:rsidR="00C80703" w:rsidRPr="00FE63EC" w:rsidRDefault="00C80703" w:rsidP="00FE63EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20___</w:t>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
-      <w:r w:rsidR="00E96039" w:rsidRPr="00BF2BAE">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidR="00EA231C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidR="00EA231C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidR="00EA231C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidR="00EA231C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00047F1C" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BCF5B6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="440BED0D" w14:textId="1891DA66" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...8 lines deleted...]
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="123C9DD7" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="50BC17E9" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45F4EDA6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5B785912" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="773FED99" w14:textId="77777777" w:rsidR="00047F1C" w:rsidRPr="00BF2BAE" w:rsidRDefault="00047F1C" w:rsidP="00BF2BAE">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="73B207CF" w14:textId="0FE28FF5" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="005B3ADB">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z432"/>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...13 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FDE161" w14:textId="377DE474" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="005B3ADB">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A800345" w14:textId="29188DA8" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="5AEE1F08" w14:textId="63C5A1F8" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00FE63EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidR="00165056" w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidR="00165056" w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:br/>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00165056" w:rsidRPr="00BF2BAE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7E00089B" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="12801F4D" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C0A3074" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="426ECDFD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DF1A96F" w14:textId="47CAC370" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...16 lines deleted...]
-              <w:t>Критерийлер</w:t>
+          <w:p w14:paraId="2FE14418" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AFDD242" w14:textId="65B86966" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...46 lines deleted...]
-              <w:t>Балл сандары</w:t>
+          <w:p w14:paraId="6FFE16BF" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01BB88EA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="125C805C" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="052E6285" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62571911" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="583D797B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42699DA2" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="496A507B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68D11E60" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="0E9E4EA3" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3B6F6C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="6DA9B0D5" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="6F29A08C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01B50572" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5F864B73" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="189E867C" w14:textId="33917D21" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...18 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="3E097164" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="149A1300" w14:textId="79CBDCA9" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t>= 1 балл</w:t>
+          <w:p w14:paraId="0B4FD16A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="102178F2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="4F182ECD" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="6CE14E5C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21F1C5B4" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2B010363" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533A5AA3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="60EBAF6D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B40DAA" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...44 lines deleted...]
-              <w:t>= 2 балл</w:t>
+          <w:p w14:paraId="4CB5C6DB" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="749AACBA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7109CE6E" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="33C89B00" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC83C22" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1A8803C1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35B7DBCA" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6F04BEFA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69779C89" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...44 lines deleted...]
-              <w:t>= 3 балл</w:t>
+          <w:p w14:paraId="241F820B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67CCB856" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7A91B0BA" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="1C5E0B35" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20413ADD" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="31EF2E16" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="017BEF27" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3FC7C8BA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A926DDC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>Магистр = 5 балл</w:t>
+          <w:p w14:paraId="6E6C4D07" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD3EDFE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96039" w:rsidRPr="00BF2BAE" w14:paraId="565891C6" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="30885CC0" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4235D222" w14:textId="77777777" w:rsidR="00E96039" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5EE0B33D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...34 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4913D5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...45 lines deleted...]
-              <w:t>PHD-доктор = 10 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="278AC911" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1250603A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="626E7705" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="5A08A58B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EDD416B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7A5AF6C1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="292360FE" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0EB9557C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D4CAFD0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="771123D3" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6798552E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="2C9D9CC7" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="6B4E1F21" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42D8DEFF" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="18C3AB8D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14EFB0DC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="259902D6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A60A1B1" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...45 lines deleted...]
-              <w:t>андидат = 10 балл</w:t>
+          <w:p w14:paraId="7A0E9192" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF39955" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7496FBAE" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="0F62468D" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="359445B3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="2F0D193E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1442C1D7" w14:textId="7CDB64D5" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00E96039" w:rsidP="00BF2BAE">
-[...16 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
+          <w:p w14:paraId="248E3ADD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60131877" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="7F74F3DE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 5 балл</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BC85B5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872499" w:rsidRPr="00BF2BAE" w14:paraId="6BA11053" w14:textId="77777777" w:rsidTr="001302B6">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4FE086C6" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F42397F" w14:textId="77777777" w:rsidR="00872499" w:rsidRPr="00BF2BAE" w:rsidRDefault="00872499" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="483941E0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...107 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57A1001F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...172 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568E859E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34A8EEDE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="2515F611" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="02BA38A2" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CFC2F46" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="739F48BF" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11AE524B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="40B6BA07" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6797D41F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 2 балл</w:t>
+          <w:p w14:paraId="3D0B7516" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B979EF6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="0F439284" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="276766B5" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="568D9DF3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3D1B5CAB" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11F160D3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5DBEE057" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741C478E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="7EB160BD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75D92B84" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="4F5C807D" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="61431AF7" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E589850" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="44DBFC0E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17D7FE0C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="466177CF" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5439C2B0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>Педагог-модератор = 3 балл</w:t>
+          <w:p w14:paraId="243E080F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC7E257" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="77281330" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4400200D" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ABA2044" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="666E5D34" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="417496E9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="32FA8E2D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30CE4A0D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 5 балл</w:t>
+          <w:p w14:paraId="512D189B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A15DE5B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="491D1DC0" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4A48FD3B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57750CA6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="53DA6824" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40733204" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7CDA099C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E52AB02" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+          <w:p w14:paraId="53AFB263" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="165B5E9A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="0282AA46" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="28EC3740" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D0B3B2B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6D279E9E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32E9DA75" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="23FCF99A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="506E7B77" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="3B00597E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17761ABB" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872499" w:rsidRPr="00617288" w14:paraId="3CE63A97" w14:textId="77777777" w:rsidTr="0065609F">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="095C8C6F" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69CADE00" w14:textId="77777777" w:rsidR="00872499" w:rsidRPr="00BF2BAE" w:rsidRDefault="00872499" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="09105863" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...85 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="531B820A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...114 lines deleted...]
-              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61589CB0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7FEAB9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="124A0E15" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="59C192BE" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67627936" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3E842DE7" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47D0FBF6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6FE1DDDE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="375EE30F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...37 lines deleted...]
-              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+          <w:p w14:paraId="47097D84" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52211222" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="74B10BFB" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="63CA48DB" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E0AFA1F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="72276E8B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="462A3D78" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6DC8BD6F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D850600" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...37 lines deleted...]
-              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="49183DBD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42056396" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872499" w:rsidRPr="00BF2BAE" w14:paraId="2F58D6F3" w14:textId="77777777" w:rsidTr="00DC641C">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="428D7EEF" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4725903F" w14:textId="77777777" w:rsidR="00872499" w:rsidRPr="00BF2BAE" w:rsidRDefault="00872499" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6259F1D1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...52 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9ECD39" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...115 lines deleted...]
-              <w:t>«өте жақсы» = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A33C591" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2F3EEB" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="1EEB7C52" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="50C3EC4F" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E3AF154" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="494B6E31" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3649278A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6DCF1FB2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7EB512" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...34 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+          <w:p w14:paraId="3DFFDDF5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF2E83B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="6BC69CAD" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="5451EBFF" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B0D0824" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="074D7A7B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DFE2950" w14:textId="115F9980" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00872499" w:rsidP="00BF2BAE">
-[...16 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w14:paraId="426063C0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A83D2E8" w14:textId="2A892579" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00872499" w:rsidP="00BF2BAE">
-[...57 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="06DF96E4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAC7002" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="77538FF3" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="107ED47D" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D758D5D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="65D7655C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61BCEDA4" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="13585E74" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27F5AA03" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
+          <w:p w14:paraId="402C4E6C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC96D9B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="077163DD" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="55E232D9" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC64401" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6CAA7894" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="602BB566" w14:textId="23ABF0D4" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="005C333F" w:rsidP="00BF2BAE">
-[...15 lines deleted...]
-              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+          <w:p w14:paraId="62E0B64E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07DAFE7F" w14:textId="078A83FF" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...60 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="61BEC7F1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F09612F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="417555E5" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="5893FACE" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2410CF0F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="61C58286" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33E427A6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="712D4AC2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D1E3CB" w14:textId="3BEEC796" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...51 lines deleted...]
-              <w:t>ғылыми жобалардың = 1 балл</w:t>
+          <w:p w14:paraId="7199ECE2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39219669" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="23443BD4" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="282FB4BD" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D6CF9AC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4009A7AC" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68B32043" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4D724E78" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AE98FF1" w14:textId="7F32A21E" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...61 lines deleted...]
-              <w:t>= 3 балл</w:t>
+          <w:p w14:paraId="35393B65" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA85772" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="3C7F441B" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="5BD48DDE" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BB7F056" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4935881B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A8BCF30" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="25B35EA9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="509823E7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6D432D9E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4539F764" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="453844AB" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="20686DEF" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7964A3AF" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="045375FD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24E875A6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="10E21373" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04F62B90" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+          <w:p w14:paraId="4C10E085" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E821B91" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="47C7C9F4" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="7E535A33" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AAF213A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="614E1EA6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B9A5E06" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0CFAA252" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C15EF9B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="0631D95E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="416C99C1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C333F" w:rsidRPr="00BF2BAE" w14:paraId="387B6A28" w14:textId="77777777" w:rsidTr="00C333B2">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="792BBBD4" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="569B7B78" w14:textId="77777777" w:rsidR="005C333F" w:rsidRPr="00BF2BAE" w:rsidRDefault="005C333F" w:rsidP="00BF2BAE">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="5EB8559B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...117 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60B8F78B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...152 lines deleted...]
-              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32FD8057" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42315236" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="636401B0" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="34540B22" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71A44EE7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1DD1A888" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4773F3F8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0F3B2E45" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46635B44" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...34 lines deleted...]
-              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+          <w:p w14:paraId="6C6ABDC4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55FF0AF4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="74B20C7C" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="27C4E24E" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EA1B68D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="173BDEB0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CE4EB21" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6EDAB66A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="251D3BC3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...34 lines deleted...]
-              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+          <w:p w14:paraId="5794EE5A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0788D7A1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, Scopus = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C333F" w:rsidRPr="00BF2BAE" w14:paraId="740A3FAA" w14:textId="77777777" w:rsidTr="008D39AE">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="258A687C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D95E974" w14:textId="77777777" w:rsidR="005C333F" w:rsidRPr="00BF2BAE" w:rsidRDefault="005C333F" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="472A8142" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...107 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44ADA049" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...135 lines deleted...]
-              <w:t>тәлімгер = 0,5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53EAEC28" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="767299FD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="1774A235" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="34A0D8A1" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4839468E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="49D73457" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5854A1B5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5FFFB888" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41CC7AB7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>ӘБ басшысы = 2 балл</w:t>
+          <w:p w14:paraId="70572BD2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B38FF23" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7939CA6C" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="6367472A" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="707F87B8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="19A35615" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67868E16" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2A2A22F2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3005BFBB" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
+          <w:p w14:paraId="2D8B640C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5789FACC" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="560E70F4" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4CBAE89C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3917994E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0C21F50C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="596119C7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0DC27839" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D26DC54" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
+          <w:p w14:paraId="788AD249" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00B2217A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="51CA717C" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="7E259518" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03102ABE" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="397A97B8" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E44764B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2F1B3421" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437AE8B9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...35 lines deleted...]
-              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w14:paraId="41AB9800" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF312D0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="1E700D52" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="662ED81E" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E708001" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="02D5AA57" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CEB9E07" w14:textId="3892B5F1" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...15 lines deleted...]
-              <w:t>Курстық дайындық</w:t>
+          <w:p w14:paraId="59F47F61" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="161A2918" w14:textId="62752306" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...52 lines deleted...]
-              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+          <w:p w14:paraId="13C799CA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6393ED" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="10D66889" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="074F267C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BBBBA03" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2E25DBD4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BDBD9E8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7D6F2130" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C438ACC" w14:textId="2203585F" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...89 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="2B593217" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17E35561" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="44ED63CE" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="7EFDE7C5" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C751D2D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="02841806" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03ECECD1" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="209A61C4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3345BA82" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5DA56FE6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАЗТЕСТ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>тар</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC2B747" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="4E35AEEE" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="60E00720" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="3900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621AA7F5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6DB16D9F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33AA3ED7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4AC74CBF" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="253999F8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5AD80916" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE178B2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00000000" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+              <w:r w:rsidR="00FE63EC" w:rsidRPr="00FE63EC">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="2FC1631D" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="634B63B2" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C84B8CC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0D7E34E3" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB2703C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3DBFAF46" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A8866AA" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="7DB3DCDA" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="782CA1E2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="0359EA6E" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="318EE11B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2904204F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5E3C8299" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E584933" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="526B06BD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BFCDC7B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6EEE74B9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6EA321F0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D00C4E8" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="773591C3" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="60D984FE" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B83235A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="515EA711" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60EFFFAC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="373C2459" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72304A5D" w14:textId="204C1196" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...27 lines deleted...]
-          <w:p w14:paraId="41A1CCAB" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="194B36C3" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="758094CD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="27866F78" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="5A721E84" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D25D748" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="13CFDC51" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FC0BF4C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2843D350" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70778DCA" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="4D0E6D44" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="35876DA7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D82B54D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="57314EC8" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="7FE2D56C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B6F133A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="67099C18" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F418099" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="76B6455E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EEF300B" w14:textId="6A02D952" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...52 lines deleted...]
-          <w:p w14:paraId="2912F442" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="499022A1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="398D6184" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="11809D43" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="0058EFD7" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19A84173" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3C229396" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66E396BE" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1584A501" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441AD92E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1CBAE418" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEFL Cambridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="550A919A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48CD2032" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="15E37D01" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="38CD3823" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E1DBE6D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6EF5BE21" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="261F2016" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="648BEC94" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="131EA038" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="66FFC3E7" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="18F54EFA" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0B6276" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="41460B7B" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="0DA7B030" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533F3AF9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="33EF6684" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BC6315B" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="023C9A97" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D60542A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6A035504" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="33899C83" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE16335" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="0E07C1BE" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="7D98A25D" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="373348DF" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="751EE34C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="457F6F06" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3D02CDD9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44D3151E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="2F9FE5C2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="70DDF4DD" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243E1AD8" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="2DF70909" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="171DF010" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AA04873" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6399B814" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="520846FB" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1B37BF7E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2297F7E8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="44BA11A6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3B0E4843" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3143F515" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="5AC77369" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="031EFB3E" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="792257D0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="728F4996" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358FB396" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7E06ED09" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64E9400E" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6AC061B0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="634B4CA0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71707AAC" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="317A065F" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="359D04E2" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30A36274" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="56993C95" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0704D7C8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4FB60FC6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FD6CCC0" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="16880223" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4E79CB53" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC6BF12" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7E99AA6D" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4C457EB1" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31532E79" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="63D128F1" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F2AA821" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6A1C9365" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0280E178" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="654F6E78" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="25566627" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="334DD733" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="0133804A" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="041AEE6A" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682C1AA5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="211A2ADD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F07204D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="03EB1C9B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F6F2D8C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6DB52240" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="77332C32" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58EFD714" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="55D26866" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="3C91E930" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FCD4FC1" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="18390B50" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="727973C8" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5F73B562" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="385BAEBD" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="750248B7" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="304B5A42" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73AC85B2" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="6CCFF5A0" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="0A37B8B9" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03FBE368" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="44ABA317" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="714FB1CB" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="079C7C3B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1964AE9C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="195692DE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="468B65DF" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="294D014D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="726D6B7E" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="16CDFBAD" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="010EDE42" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="16B64B34" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32714971" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6A6FD3FE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F1B481F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5F24A9C3" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="14AAAAF6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C918CA9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="4AF09365" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="1B60235C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AC1AF97" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="773CCBE0" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="237A2693" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="72663AC5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20268C67" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="56E99512" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="01E50B56" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A08B6F8" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="173BC480" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="6D52BA5B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A536988" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="52393D0A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D0436BC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="78E78072" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65B4AA34" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6437911E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5EF279E9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42C727E8" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="5CDE280C" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="3D5FBE57" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AEE28B5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="19C4356A" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D9C8929" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1741DCD5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0946C8D5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="54C18921" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7B934C2C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB6A835" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="63F005F7" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="49C19D4A" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51B33C22" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1D15D537" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6416D425" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="69A16F00" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AD56994" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="712C52E6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="48404050" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C754414" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="012DBC02" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="22CDDECB" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A21CAD2" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="23BBFA8C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D6E97F4" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7D879E74" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26C8584A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="56D6C0ED" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6EEFD0E4" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07B41673" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="46C2AA77" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="7E51E53C" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="529251E5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4EE8E13F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="525CAEBC" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5715FD03" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48A840DB" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="01982EBD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="79CCF43C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4645C98C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="5FA7776E" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="5C9D3B0B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35127D0F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="26D43140" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21547C85" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="357220DE" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4139CC83" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7663BC76" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6167A165" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B41F692" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="1FE80688" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="7FCA1DE1" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="369DABB3" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="16EF0684" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D0CBB7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="6AD9B08B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A241594" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3C56C659" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="155CB066" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="680415ED" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="27D27F99" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="09FB79C2" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="234F6234" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="07E93974" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="377733B7" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="194DBC3C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7307D09D" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="563AF9E6" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0DDB0EC6" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F91DDEC" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="746E91A2" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="4831087B" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5175D6DD" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="0F7AC4D9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C0C4A9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="73DE633D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E456235" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="35921405" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="76D56AC9" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4016DD35" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00617288" w14:paraId="2AC1DDCF" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00512C85" w14:paraId="27F58C99" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50D5F45A" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="1C1F2270" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B0C0E51" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="7178EEA9" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588E094C" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="4768D0A4" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5C079A93" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B18F82D" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="7C64E735" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="64152CE2" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6710F5" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="121F908B" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F028124" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="5FF8D87F" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E20F866" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="68965C39" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="01E65559" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5CD99C" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="2F8F4D96" w14:textId="77777777" w:rsidTr="00E96039">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="2D83AFD9" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4606DF15" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1B67B3A5" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10A8F8BB" w14:textId="1F8C1A50" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...16 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+          <w:p w14:paraId="746376BD" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D5AD814" w14:textId="30A6A0C6" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...44 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w14:paraId="26CF1A89" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7239C691" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165056" w:rsidRPr="00BF2BAE" w14:paraId="062431E4" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w14:paraId="05DB72DB" w14:textId="77777777" w:rsidTr="00FE63EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27A03CB3" w14:textId="652ACAAC" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00833096" w:rsidP="00BF2BAE">
-[...27 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="2FFDE562" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49456443" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+          <w:p w14:paraId="3A55BA5E" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRPr="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="00EA231C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="359A993F" w14:textId="77777777" w:rsidR="00165056" w:rsidRPr="00BF2BAE" w:rsidRDefault="00165056" w:rsidP="00BF2BAE">
+    <w:p w14:paraId="2E744A41" w14:textId="77777777" w:rsidR="00FE63EC" w:rsidRDefault="00FE63EC" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B769090" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00BF2BAE" w:rsidRDefault="00452A41" w:rsidP="00BF2BAE">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00BF2BAE" w:rsidSect="00AD1004">
+    <w:sectPr w:rsidR="00FE63EC" w:rsidSect="00C80703">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="849" w:bottom="567" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -13202,50 +11577,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1137A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C743C25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A7AB100"/>
     <w:lvl w:ilvl="0" w:tplc="75AA60C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13314,277 +11802,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13653,51 +11915,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13746,769 +12008,793 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="383677784">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="1" w16cid:durableId="1594170972">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1966884023">
+  <w:num w:numId="2" w16cid:durableId="1916354971">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1096167981">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="3" w16cid:durableId="412052378">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="351614095">
+  <w:num w:numId="4" w16cid:durableId="826701052">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1355958170">
+  <w:num w:numId="5" w16cid:durableId="3753841">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2033795943">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="6" w16cid:durableId="1282147750">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1885098032">
+  <w:num w:numId="7" w16cid:durableId="1819300786">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
-    <w:rsid w:val="000241C1"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
-    <w:rsid w:val="000455F6"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
-    <w:rsid w:val="00047F1C"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="000764D9"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
-    <w:rsid w:val="00165056"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E186D"/>
-    <w:rsid w:val="001E3E57"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00215398"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="00220790"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
-    <w:rsid w:val="00242E5B"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
-    <w:rsid w:val="0028478D"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003112B4"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00326AE4"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003568E7"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F090F"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="00512C85"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
+    <w:rsid w:val="005207C3"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00576AAA"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005A4C27"/>
     <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B3ADB"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
-    <w:rsid w:val="005C333F"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
-    <w:rsid w:val="00617288"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="006933B5"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F1563"/>
+    <w:rsid w:val="006E76BF"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
-    <w:rsid w:val="00732278"/>
+    <w:rsid w:val="0073227E"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00774DBC"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00791F6E"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00833096"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00845BAC"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872499"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00910023"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00933A1E"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009743F4"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B03F1"/>
-    <w:rsid w:val="009B373A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D1859"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A26424"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A55ED7"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A71F82"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD1004"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B66865"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B75483"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA18D1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
-    <w:rsid w:val="00BD3A9D"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF2BAE"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C6210F"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66C1A"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C71A11"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C80703"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D1363E"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D44E7F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5CDF"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE28D3"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E96039"/>
+    <w:rsid w:val="00E9451B"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA231C"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F108E4"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB36C9"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE63EC"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="381994D4"/>
+  <w14:docId w14:val="79BD4485"/>
   <w15:docId w15:val="{CB458E9A-3F4A-4F11-BF26-E79BE065E4E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14868,50 +13154,69 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE63EC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -15007,104 +13312,186 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE63EC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FE63EC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="462506737">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="733894980">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="775252639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1225995405">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15355,78 +13742,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3CDE2DD-7469-4686-BB38-80588A275F60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C623191F-0B51-43B3-B064-DF809BD3A191}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1957</Words>
-  <Characters>11157</Characters>
+  <Words>1993</Words>
+  <Characters>11362</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13088</CharactersWithSpaces>
+  <CharactersWithSpaces>13329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>