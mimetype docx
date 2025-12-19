--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,5004 +1,947 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="101FE58C" w14:textId="77777777" w:rsidR="003631B9" w:rsidRPr="003631B9" w:rsidRDefault="003631B9" w:rsidP="003631B9">
+    <w:p w14:paraId="2DFA1312" w14:textId="2F3DC55D" w:rsidR="00B923F4" w:rsidRDefault="00653194" w:rsidP="00653194">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Памятки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1753A415" w14:textId="47F90C00" w:rsidR="00653194" w:rsidRDefault="00653194" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При жестоком отношении и насилии в семье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F5F2F2" w14:textId="6894446E" w:rsidR="00653194" w:rsidRPr="0077752F" w:rsidRDefault="00653194" w:rsidP="00653194">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653194">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Домашнее насилие является одной из наиболее распространенных и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653194">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>малозаявляемых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653194">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проблем в современном обществе. Пострадавшие женщины, мужчины и дети, сталкивающиеся с физическими, эмоциональными или сексуальными формами насилия в семье, зачастую испытывают страх и стыд, которые мешают им обратиться за помощью.</w:t>
+      </w:r>
+      <w:r w:rsidR="0077752F">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A760642" w14:textId="77777777" w:rsidR="00653194" w:rsidRPr="00653194" w:rsidRDefault="00653194" w:rsidP="00653194">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653194">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В последние годы все большую роль в борьбе с домашним насилием играют общественные организации, правительственные учреждения и активисты, которые стремятся создать безопасную среду для жертв и предоставить им поддержку. Один из способов помощи – использование специального знака признака помощи (кодового слова), который может быть незаметно проявлен на публичных местах и вызвать внимание людей, способных оказать помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDACB5F" w14:textId="77777777" w:rsidR="00653194" w:rsidRPr="00653194" w:rsidRDefault="00653194" w:rsidP="00653194">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653194">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Знак помощи – это символ, помогающий жертвам домашнего насилия получить необходимую поддержку и помощь. Это может быть физическое действие (например, показательный пинок) или сигнал, который невозможно заметить для притеснителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A36E01" w14:textId="77777777" w:rsidR="001E4674" w:rsidRPr="001E4674" w:rsidRDefault="001E4674" w:rsidP="001E4674">
+      <w:pPr>
+        <w:pStyle w:val="description-paragraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Международный универсальный сигнал о помощи, который можно подать одной рукой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BFCECA" w14:textId="77777777" w:rsidR="001E4674" w:rsidRPr="001E4674" w:rsidRDefault="001E4674" w:rsidP="001E4674">
+      <w:pPr>
+        <w:pStyle w:val="description-paragraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этот жест можно показать одной рукой во время видеозвонка или при личном общении, давая другим понять, что вы чувствуете угрозу и нуждаетесь в помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236CFE98" w14:textId="77777777" w:rsidR="001E4674" w:rsidRPr="001E4674" w:rsidRDefault="001E4674" w:rsidP="001E4674">
+      <w:pPr>
+        <w:pStyle w:val="description-paragraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сигнал был создан как инструмент для борьбы с ростом числа случаев домашнего насилия во всём мире</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B858A01" w14:textId="5AF6948A" w:rsidR="00653194" w:rsidRDefault="001E4674" w:rsidP="001E4674">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Для подачи сигнала нужно поднять руку, прижать большой палец к ладони, затем согнуть четыре других пальца, символически захватывая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4674">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ими прижатый большой палец</w:t>
+      </w:r>
+      <w:r w:rsidR="00653194">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="195A5AAC" wp14:editId="71E09FF5">
+                <wp:extent cx="304800" cy="304800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="725749798" name="Прямоугольник 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="304800" cy="304800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="4ADBF727" id="Прямоугольник 2" o:spid="_x0000_s1026" style="width:24pt;height:24pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuEevW0gEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlwBI1Xa12tQhp&#10;YZEWPsB17MQi8ZgZt2n5esZOty3whnix5uKcOXN8srreD73YGSQHvpbzWSmF8Roa59tafvt6/+pK&#10;CorKN6oHb2p5MCSv1y9frMZQmQV00DcGBYN4qsZQyy7GUBUF6c4MimYQjOemBRxU5BTbokE1MvrQ&#10;F4uyfFuMgE1A0IaIq3dTU64zvrVGx0dryUTR15K5xXxiPjfpLNYrVbWoQuf0kYb6BxaDcp6HnqDu&#10;VFRii+4vqMFpBAIbZxqGAqx12uQdeJt5+cc2T50KJu/C4lA4yUT/D1Z/3j2FL5ioU3gA/Z2Eh9tO&#10;+dbcUGD5+FHluYQIY2dUwwzmSbtiDFSdMFJCjCY24ydo+LXVNkKWZW9xSDN4YbHP6h9O6pt9FJqL&#10;r8vlVclvpLl1jNMEVT1/HJDiBwODSEEtkdllcLV7oDhdfb6SZnm4d32fH7j3vxUYM1Uy+cQ3uYWq&#10;DTQH5o4wmYRNzUEH+FOKkQ1SS/qxVWik6D963v/9fLlMjsrJ8s27BSd42dlcdpTXDFXLKMUU3sbJ&#10;hduAru2yzBPHG9bMurzPmdWRLJsgK3I0bHLZZZ5vnX+r9S8AAAD//wMAUEsDBBQABgAIAAAAIQBM&#10;oOks2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0iUmI2RQpiEaGY&#10;as/T7JgEs7NpdpvEf9+pHvQyw+MNb76XLSbXqoH60Hg2cDNLQBGX3jZcGXjfPF3PQYWIbLH1TAa+&#10;KcAiPz/LMLV+5DcailgpCeGQooE6xi7VOpQ1OQwz3xGL9+l7h1FkX2nb4yjhrtW3SXKvHTYsH2rs&#10;aFlT+VUcnIGxXA/bzeuzXl9tV573q/2y+Hgx5vJienwAFWmKf8dwwhd0yIVp5w9sg2oNSJH4M8W7&#10;m4va/W6dZ/o/e34EAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7hHr1tIBAACeAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATKDpLNgAAAADAQAA&#10;DwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00653194">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7503CFB3" wp14:editId="3AADAD65">
+                <wp:extent cx="304800" cy="304800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1692604672" name="Прямоугольник 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="304800" cy="304800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="49713A33" id="Прямоугольник 3" o:spid="_x0000_s1026" style="width:24pt;height:24pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuEevW0gEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlwBI1Xa12tQhp&#10;YZEWPsB17MQi8ZgZt2n5esZOty3whnix5uKcOXN8srreD73YGSQHvpbzWSmF8Roa59tafvt6/+pK&#10;CorKN6oHb2p5MCSv1y9frMZQmQV00DcGBYN4qsZQyy7GUBUF6c4MimYQjOemBRxU5BTbokE1MvrQ&#10;F4uyfFuMgE1A0IaIq3dTU64zvrVGx0dryUTR15K5xXxiPjfpLNYrVbWoQuf0kYb6BxaDcp6HnqDu&#10;VFRii+4vqMFpBAIbZxqGAqx12uQdeJt5+cc2T50KJu/C4lA4yUT/D1Z/3j2FL5ioU3gA/Z2Eh9tO&#10;+dbcUGD5+FHluYQIY2dUwwzmSbtiDFSdMFJCjCY24ydo+LXVNkKWZW9xSDN4YbHP6h9O6pt9FJqL&#10;r8vlVclvpLl1jNMEVT1/HJDiBwODSEEtkdllcLV7oDhdfb6SZnm4d32fH7j3vxUYM1Uy+cQ3uYWq&#10;DTQH5o4wmYRNzUEH+FOKkQ1SS/qxVWik6D963v/9fLlMjsrJ8s27BSd42dlcdpTXDFXLKMUU3sbJ&#10;hduAru2yzBPHG9bMurzPmdWRLJsgK3I0bHLZZZ5vnX+r9S8AAAD//wMAUEsDBBQABgAIAAAAIQBM&#10;oOks2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0iUmI2RQpiEaGY&#10;as/T7JgEs7NpdpvEf9+pHvQyw+MNb76XLSbXqoH60Hg2cDNLQBGX3jZcGXjfPF3PQYWIbLH1TAa+&#10;KcAiPz/LMLV+5DcailgpCeGQooE6xi7VOpQ1OQwz3xGL9+l7h1FkX2nb4yjhrtW3SXKvHTYsH2rs&#10;aFlT+VUcnIGxXA/bzeuzXl9tV573q/2y+Hgx5vJienwAFWmKf8dwwhd0yIVp5w9sg2oNSJH4M8W7&#10;m4va/W6dZ/o/e34EAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7hHr1tIBAACeAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATKDpLNgAAAADAQAA&#10;DwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00653194">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6929ABED" wp14:editId="7FE7B276">
+                <wp:extent cx="304800" cy="304800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1604398462" name="Прямоугольник 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="304800" cy="304800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="6973247A" id="Прямоугольник 4" o:spid="_x0000_s1026" style="width:24pt;height:24pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuEevW0gEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlwBI1Xa12tQhp&#10;YZEWPsB17MQi8ZgZt2n5esZOty3whnix5uKcOXN8srreD73YGSQHvpbzWSmF8Roa59tafvt6/+pK&#10;CorKN6oHb2p5MCSv1y9frMZQmQV00DcGBYN4qsZQyy7GUBUF6c4MimYQjOemBRxU5BTbokE1MvrQ&#10;F4uyfFuMgE1A0IaIq3dTU64zvrVGx0dryUTR15K5xXxiPjfpLNYrVbWoQuf0kYb6BxaDcp6HnqDu&#10;VFRii+4vqMFpBAIbZxqGAqx12uQdeJt5+cc2T50KJu/C4lA4yUT/D1Z/3j2FL5ioU3gA/Z2Eh9tO&#10;+dbcUGD5+FHluYQIY2dUwwzmSbtiDFSdMFJCjCY24ydo+LXVNkKWZW9xSDN4YbHP6h9O6pt9FJqL&#10;r8vlVclvpLl1jNMEVT1/HJDiBwODSEEtkdllcLV7oDhdfb6SZnm4d32fH7j3vxUYM1Uy+cQ3uYWq&#10;DTQH5o4wmYRNzUEH+FOKkQ1SS/qxVWik6D963v/9fLlMjsrJ8s27BSd42dlcdpTXDFXLKMUU3sbJ&#10;hduAru2yzBPHG9bMurzPmdWRLJsgK3I0bHLZZZ5vnX+r9S8AAAD//wMAUEsDBBQABgAIAAAAIQBM&#10;oOks2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0iUmI2RQpiEaGY&#10;as/T7JgEs7NpdpvEf9+pHvQyw+MNb76XLSbXqoH60Hg2cDNLQBGX3jZcGXjfPF3PQYWIbLH1TAa+&#10;KcAiPz/LMLV+5DcailgpCeGQooE6xi7VOpQ1OQwz3xGL9+l7h1FkX2nb4yjhrtW3SXKvHTYsH2rs&#10;aFlT+VUcnIGxXA/bzeuzXl9tV573q/2y+Hgx5vJienwAFWmKf8dwwhd0yIVp5w9sg2oNSJH4M8W7&#10;m4va/W6dZ/o/e34EAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7hHr1tIBAACeAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATKDpLNgAAAADAQAA&#10;DwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00653194">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45AE8B0F" wp14:editId="0D10C807">
+            <wp:extent cx="5940425" cy="3118485"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="5715"/>
+            <wp:docPr id="1156816243" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="3118485"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470E4477" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FDBCF21" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7BFBBA" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB764D1" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EF300D" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B542E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Понятие домашнего насилия: что это?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23134EFF" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...683 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B542E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Домашнее насилие — это форма насилия, которая происходит внутри семьи или домашнего окружения жертвы. Оно включает в себя физическое, эмоциональное, сексуальное и экономическое насилие, которое осуществляется одним из семейных членов или партнером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CA523F" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B542E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Физическое насилие может включать в себя удары, шлепки, толчки, задыхание, удушение и любые другие действия, которые причиняют боль и физическое повреждение жертве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC20AEA" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...745 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B542E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Эмоциональное насилие направлено на унижение, запугивание и контроль над жертвой. Оно может включать в себя угрозы, оскорбления, манипуляции, игнорирование и изоляцию от социальной сети.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5129662F" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3408 lines deleted...]
-    <w:sectPr w:rsidR="00942D70" w:rsidRPr="003631B9">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B542E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Сексуальное насилие включает в себя нежелательные сексуальные контакты или действия без согласия жертвы. Оно может быть физическим или психологическим и может включать насильственные акты или принуждение к проституции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDC80CD" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C278D27" w14:textId="77777777" w:rsidR="003B5614" w:rsidRDefault="003B5614" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="691CB561" w14:textId="77777777" w:rsidR="003B5614" w:rsidRPr="00813BB4" w:rsidRDefault="003B5614" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B5CCB8" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="00813BB4" w:rsidRDefault="003B542E" w:rsidP="00813BB4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF425B9" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="00813BB4" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FBF02B8" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="00813BB4" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E67E07" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55D41D84" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0A9D7A" w14:textId="77777777" w:rsidR="003B542E" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D75C9B" w14:textId="77777777" w:rsidR="003B542E" w:rsidRPr="00653194" w:rsidRDefault="003B542E" w:rsidP="00653194">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003B542E" w:rsidRPr="00653194">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F9102D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F9102D"/>
+    <w:rsidRoot w:val="00B923F4"/>
+    <w:rsid w:val="000845E4"/>
+    <w:rsid w:val="000A3C37"/>
+    <w:rsid w:val="001E4674"/>
+    <w:rsid w:val="003B542E"/>
+    <w:rsid w:val="003B5614"/>
+    <w:rsid w:val="00653194"/>
+    <w:rsid w:val="0077198A"/>
+    <w:rsid w:val="0077752F"/>
+    <w:rsid w:val="00813BB4"/>
+    <w:rsid w:val="00B923F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A4D6166"/>
+  <w14:docId w14:val="1321111B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2339DE5D-EBC6-4E83-B6A2-880800F8A5B5}"/>
+  <w15:docId w15:val="{DB8F3D2B-672C-4F0A-B074-1279A2EEBAF6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5359,89 +1302,232 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B542E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-KZ"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00653194"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-KZ"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003B542E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-KZ"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="description-paragraph">
+    <w:name w:val="description-paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001E4674"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-KZ"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="361175455">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1568954465">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="-1050"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="525"/>
+          <w:marBottom w:val="525"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="15" w:color="1D203F"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="15" w:color="1D203F"/>
+            <w:right w:val="none" w:sz="0" w:space="23" w:color="1D203F"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="662704974">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="-1050"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="525"/>
+          <w:marBottom w:val="525"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="15" w:color="1D203F"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="15" w:color="1D203F"/>
+            <w:right w:val="none" w:sz="0" w:space="23" w:color="1D203F"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="484056073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="748504126">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5701,53 +1787,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>354</Words>
-  <Characters>2020</Characters>
+  <Characters>2019</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2370</CharactersWithSpaces>
+  <CharactersWithSpaces>2369</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>